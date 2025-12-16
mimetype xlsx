--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04566)51635</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>tarascha_nrc@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>tnrc.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Степаненко Світлана В’ячеславівна</t>
+          <t>Директор Степаненко Світлана В’ячеславівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">