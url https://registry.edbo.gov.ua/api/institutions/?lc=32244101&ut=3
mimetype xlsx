--- v1 (2025-12-16)
+++ v2 (2026-02-21)
@@ -388,62 +388,62 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Білоцерківська, 78</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32020190010060417</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Білоцерківський р-н, м. Тараща</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04566)51635</t>
+          <t>(063)4792366</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>tarascha_nrc@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>tnrc.at.ua</t>
+          <t>tarnrc.pp.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Степаненко Світлана В’ячеславівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>так</t>