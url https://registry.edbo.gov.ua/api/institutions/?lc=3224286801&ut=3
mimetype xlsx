--- v0 (2025-12-02)
+++ v1 (2026-01-31)
@@ -388,57 +388,57 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32020170240068130</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Білоцерківський р-н, с. Стрижавка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ставищенської селищної ради Білоцерківського району Київської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04564)24466</t>
+          <t>(096)8361253</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>strijavka@i.ua</t>
+          <t>stryzhavkagym@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://www.strijavka.org.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Пустовіт Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>