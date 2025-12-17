--- v0 (2025-10-22)
+++ v1 (2025-12-17)
@@ -388,57 +388,57 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 50</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32020170110026458</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Білоцерківський р-н, с. Гостра Могила</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ставищенської селищної ради Білоцерківського району Київської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04564)23318</t>
+          <t>(097)1566757</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>gmschool@i.ua</t>
+          <t>hostramohylagym@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Книшовська Віта Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>