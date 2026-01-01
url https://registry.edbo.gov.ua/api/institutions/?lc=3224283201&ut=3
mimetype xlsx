--- v0 (2025-11-04)
+++ v1 (2026-01-01)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця сім`ї Клименків, 45</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32020170140083931</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Білоцерківський р-н, с. Іванівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ставищенської селищної ради Білоцерківського району Київської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04564)2-37-39</t>
+          <t>(097)8753591</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>ivanivskijzzso@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://ivanivka-stav-school.edukit.kiev.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Добруцька Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>