--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 41</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32020170130070839</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Білоцерківський р-н, с. Журавлиха</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ставищенської селищної ради Білоцерківського району Київської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04564)27346</t>
+          <t>(097)7091766</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>zhuravlykhagym@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://zhuravlyha-school.edukit.kiev.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Кошинська Марина Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>