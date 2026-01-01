--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -497,51 +497,51 @@
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Цимбала Сергія, 53/2</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA32020170010055237</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Білоцерківський р-н, с-ще Ставище</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ставищенської селищної ради Білоцерківського району Київської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(04564)5-23-32</t>
+          <t>(098)2862459</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>stavyshche2litsei@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Поліщук Григорій Петрович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">