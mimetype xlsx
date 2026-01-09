--- v0 (2025-11-09)
+++ v1 (2026-01-09)
@@ -432,74 +432,74 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>опорний навчальний заклад Красятицьке навчально-виховне об'єднання "Загальноосвітня школа I-III ступенів - дитячий садок" Поліської селищної ради</t>
+          <t>Опорний заклад освіти Красятицький академічний ліцей Поліської селищної ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>142146</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>ОНЗ Красятицьке НВО</t>
+          <t>ОЗО Красятицький АЛ</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>3223556100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Красятичі, Поліський район, Київська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Воздвиженська, 78</t>
@@ -545,141 +545,141 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Луговицьке навчально-виховне об'єднання "загальноосвітня школа I-ІII ступенів - дошкільний навчальний заклад" Поліської селищної ради</t>
+          <t>Луговицька філія-гімназія Опорного закладу освіти Красятицький академічний ліцей Поліської селищної ради</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>142369</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Луговицьке НВО "ЗОШ І-ІІІст.-ДНЗ"</t>
+          <t>Луговицька філія-гімназія ОЗО Красятицький АЛ</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>3223585201</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Луговики, Поліський район, Київська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця 1 Травня, 2</t>
+          <t>вулиця Поліська, 2</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA32100110150095487</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Вишгородський р-н, с. Луговики</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Поліської селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(045)9230123</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>lygovyky-shkola@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://lugovyky-nvo.edukit.kiev.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Буряк Світлана Василівна</t>
+          <t>Завідувач філією Буряк Світлана Василівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Філія Максимовицьке навчально-виховне об'єднання "Загальноосвітня школа I-ІI ступенів - дошкільний навчальний заклад" опорного навчального закладу Радинське навчально-виховне об'єднання "Загальноосвітня школа І-ІІІ ступенів-заклад дошкільної освіти" Поліської селищної ради</t>
         </is>
       </c>