--- v0 (2025-11-09)
+++ v1 (2026-02-06)
@@ -1643,51 +1643,51 @@
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бориспільський р-н, с. Переяславське</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Студениківської сільської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(04567)2-81-68</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>per_gimnasium@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Ковалівська Людмила Павлівна</t>
+          <t>В.о. директора Сорока Таміла Віталівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">