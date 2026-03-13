--- v0 (2025-12-13)
+++ v1 (2026-03-13)
@@ -2849,51 +2849,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>3222784801</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>с. Мотижин, Макарівський район, Київська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Довгича, 2-А</t>
+          <t>вулиця Довгича Василя, 2-А</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA32080190300012525</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Мотижин</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, фізичної культури і спорту Макарівської селищної ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(04578)38240</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">