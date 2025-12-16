--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$12</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$14</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y12"/>
+  <dimension ref="A1:Y14"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -436,1143 +436,1361 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ЛІЦЕЙ "ДІСКАВЕРІ КІДС" СЕЛА СОФІЇВСЬКА БОРЩАГІВКА КИЇВСЬКОЇ ОБЛАСТІ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ЛІЦЕЙ "ТАЛАНТВІЛЬ" СЕЛА СОФІЇВСЬКА БОРЩАГІВКА КИЇВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>176741</v>
+        <v>176948</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D3" s="4"/>
+      <c r="D3" s="4" t="inlineStr">
+        <is>
+          <t>ПО "ЛІЦЕЙ "ТАЛАНТВІЛЬ" СЕЛА СОФІЇВСЬКА БОРЩАГІВКА</t>
+        </is>
+      </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кошова, 86</t>
+          <t>вулиця Травнева, 6</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(097)6969426</t>
+          <t>(067)6005901</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
-      <c r="R3" s="4"/>
+      <c r="R3" s="4" t="inlineStr">
+        <is>
+          <t>pstalantville@gmail.com</t>
+        </is>
+      </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Кравченко Олена Валеріївна</t>
+          <t>Директор Лаворчук Діана Петрівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «НОВОСОФІЇВСЬКИЙ ЛІЦЕЙ "МОЗАЙКА"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ЛІЦЕЙ "ДІСКАВЕРІ КІДС" СЕЛА СОФІЇВСЬКА БОРЩАГІВКА КИЇВСЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>147704</v>
+        <v>176741</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D4" s="4"/>
       <c r="E4" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шалімова Академіка, 69-А</t>
+          <t>вулиця Кошова, 86</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(068)2558855</t>
+          <t>(097)6969426</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
-      <c r="R4" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковальов Андрій Валерійович</t>
+          <t>Директор Кравченко Олена Валеріївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Гімназія "Умка Смарт" села Софіївська Борщагівка Київської області</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «НОВОСОФІЇВСЬКИЙ ЛІЦЕЙ "МОЗАЙКА"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>176611</v>
+        <v>147704</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Умка Смарт"</t>
+          <t>ТОВ "Новософіївський ліцей "Мозайка"</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Щаслива, 7</t>
+          <t>вулиця Шалімова Академіка, 69-А</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(067)3333838</t>
+          <t>(068)2558855</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>umka_smart@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>novosofschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Генеральний директор Курінна Валентина Василівна</t>
+          <t>Директор Ковальов Андрій Валерійович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Софіївська гімназія "Софіленд"</t>
+          <t>Товариство з обмеженою відповідальністю "Гімназія "Умка Смарт" села Софіївська Борщагівка Київської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>176805</v>
+        <v>176611</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Софіївська гімназія "Софіленд"</t>
+          <t>ТОВ "Умка Смарт"</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>проспект Героїв Небесної Сотні, 26/16, прим. 1001</t>
+          <t>вулиця Щаслива, 7</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(095)2163275</t>
+          <t>(067)3333838</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>Sofiland.gymnasium@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S6" s="4"/>
+          <t>umka_smart@ukr.net</t>
+        </is>
+      </c>
+      <c r="S6" s="4" t="inlineStr">
+        <is>
+          <t>www.umka.kiev.ua</t>
+        </is>
+      </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Озерова Олена Миколаївна</t>
+          <t>Генеральний директор Курінна Валентина Василівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Софіївсько-Борщагівська Гімназія Фрідомскул"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКА ГІМНАЗІЯ "КОРОЛІВСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>176699</v>
+        <v>176945</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ГІМНАЗІЯ ФРІДОМСКУЛ"</t>
+          <t>ТОВ "СОФІЇВСЬКА ГІМНАЗІЯ "КОРОЛІВСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Травнева, 2-А, літера Г</t>
+          <t>вулиця Академіка Шалімова, 69- А</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(097)6733350</t>
+          <t>(094)9900909</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>freedomschoollyceum@gmail.com</t>
+          <t>kings.school.sb@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Бульба Оксана Миколаївна</t>
+          <t>Директор Чичановська Марія Володимирівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
+          <t>Товариство з обмеженою відповідальністю "Софіївська гімназія "Софіленд"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>176610</v>
+        <v>176805</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
+          <t>ТОВ "Софіївська гімназія "Софіленд"</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шалімова академіка, 68/1,68/1А,68/1Б</t>
+          <t>проспект Героїв Небесної Сотні, 26/16, прим. 1001</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(066)5800886</t>
+          <t>(095)2163275</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>dssonechko21@gmail.com</t>
+          <t>Sofiland.gymnasium@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Голобородько Олена Анатоліївна</t>
+          <t>Директор Озерова Олена Миколаївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Софіївсько-Борщагівська Гімназія Фрідомскул"</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>176593</v>
+        <v>176699</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
+          <t>ТОВ "ГІМНАЗІЯ ФРІДОМСКУЛ"</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зелена, 10-А</t>
+          <t>вулиця Травнева, 2-А, літера Г</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(067)5488024</t>
+          <t>(097)6733350</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>edsofia21@gmail.com</t>
+          <t>freedomschoollyceum@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Парасочка Людмила Леонідівна</t>
+          <t>Директор Бульба Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>176825</v>
+        <v>176610</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
+          <t>ТОВ "ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Радісна, 1</t>
+          <t>вулиця Шалімова академіка, 68/1,68/1А,68/1Б</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(067)1441120</t>
+          <t>(066)5800886</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>residence.school@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>dssonechko21@gmail.com</t>
+        </is>
+      </c>
+      <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Давидова Ангеліна Володимирівна</t>
+          <t>Директор Голобородько Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>147699</v>
+        <v>176593</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
+          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сонячна, 10</t>
+          <t>вулиця Зелена, 10-А</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(067)3438210</t>
+          <t>(067)5488024</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>sofia-school@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>edsofia21@gmail.com</t>
+        </is>
+      </c>
+      <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Генеральний директор Кухарчук Алла Іванівна</t>
+          <t>Директор Парасочка Людмила Леонідівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ ФРІДОМСКУЛ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>176819</v>
+        <v>176825</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛІЦЕЙ ФРІДОМСКУЛ"</t>
+          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Волошкова, 6</t>
+          <t>вулиця Радісна, 1</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(097)7550013</t>
+          <t>(067)1441120</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>freedomschoollyceum@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S12" s="4"/>
+          <t>residence.school@gmail.com</t>
+        </is>
+      </c>
+      <c r="S12" s="4" t="inlineStr">
+        <is>
+          <t>https://sofia-global.education/</t>
+        </is>
+      </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Харлапіна Ірина Андріївна</t>
+          <t>Директор Давидова Ангеліна Володимирівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
+        </is>
+      </c>
+      <c r="B13" s="5" t="n">
+        <v>147699</v>
+      </c>
+      <c r="C13" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
+        </is>
+      </c>
+      <c r="E13" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G13" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H13" s="6" t="inlineStr">
+        <is>
+          <t>3222486201</t>
+        </is>
+      </c>
+      <c r="I13" s="4" t="inlineStr">
+        <is>
+          <t>Київська область</t>
+        </is>
+      </c>
+      <c r="J13" s="4" t="inlineStr">
+        <is>
+          <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
+        </is>
+      </c>
+      <c r="K13" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Сонячна, 10</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="inlineStr">
+        <is>
+          <t>UA32080050020065009</t>
+        </is>
+      </c>
+      <c r="M13" s="4" t="inlineStr">
+        <is>
+          <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
+        </is>
+      </c>
+      <c r="N13" s="7"/>
+      <c r="O13" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
+        </is>
+      </c>
+      <c r="P13" s="4" t="inlineStr">
+        <is>
+          <t>(067)3438210</t>
+        </is>
+      </c>
+      <c r="Q13" s="4"/>
+      <c r="R13" s="4" t="inlineStr">
+        <is>
+          <t>sofia-school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S13" s="4" t="inlineStr">
+        <is>
+          <t>https://www.sofiya.ua/</t>
+        </is>
+      </c>
+      <c r="T13" s="4" t="inlineStr">
+        <is>
+          <t>Генеральний директор Кухарчук Алла Іванівна</t>
+        </is>
+      </c>
+      <c r="U13" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V13" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W13" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X13" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y13" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ ФРІДОМСКУЛ"</t>
+        </is>
+      </c>
+      <c r="B14" s="5" t="n">
+        <v>176819</v>
+      </c>
+      <c r="C14" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ЛІЦЕЙ ФРІДОМСКУЛ"</t>
+        </is>
+      </c>
+      <c r="E14" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G14" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H14" s="6" t="inlineStr">
+        <is>
+          <t>3222486201</t>
+        </is>
+      </c>
+      <c r="I14" s="4" t="inlineStr">
+        <is>
+          <t>Київська область</t>
+        </is>
+      </c>
+      <c r="J14" s="4" t="inlineStr">
+        <is>
+          <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
+        </is>
+      </c>
+      <c r="K14" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Волошкова, 6</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="inlineStr">
+        <is>
+          <t>UA32080050020065009</t>
+        </is>
+      </c>
+      <c r="M14" s="4" t="inlineStr">
+        <is>
+          <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
+        </is>
+      </c>
+      <c r="N14" s="7"/>
+      <c r="O14" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
+        </is>
+      </c>
+      <c r="P14" s="4" t="inlineStr">
+        <is>
+          <t>(097)7550013</t>
+        </is>
+      </c>
+      <c r="Q14" s="4"/>
+      <c r="R14" s="4" t="inlineStr">
+        <is>
+          <t>freedomschoollyceum@gmail.com</t>
+        </is>
+      </c>
+      <c r="S14" s="4"/>
+      <c r="T14" s="4" t="inlineStr">
+        <is>
+          <t>Директор Харлапіна Ірина Андріївна</t>
+        </is>
+      </c>
+      <c r="U14" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V14" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W14" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X14" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y14" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y12"/>
+  <autoFilter ref="A1:Y14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>