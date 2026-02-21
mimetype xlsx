--- v1 (2025-12-16)
+++ v2 (2026-02-21)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$14</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$15</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y14"/>
+  <dimension ref="A1:Y15"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -868,929 +868,1038 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКА ГІМНАЗІЯ "КОРОЛІВСЬКА ШКОЛА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Ліцей "Мені Вейз" с. Софіївська Борщагівка"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>176945</v>
+        <v>176969</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D7" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D7" s="4"/>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Шалімова, 69- А</t>
+          <t>вулиця Болгарська, 29</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(094)9900909</t>
+          <t>(066)7842999</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>kings.school.sb@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S7" s="4"/>
+          <t>manyways@i.ua</t>
+        </is>
+      </c>
+      <c r="S7" s="4" t="inlineStr">
+        <is>
+          <t>https://manyways.com.ua/about-school/</t>
+        </is>
+      </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Чичановська Марія Володимирівна</t>
+          <t>Директор Поліщук Катерина Катерина</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Софіївська гімназія "Софіленд"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКА ГІМНАЗІЯ "КОРОЛІВСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>176805</v>
+        <v>176945</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Софіївська гімназія "Софіленд"</t>
+          <t>ТОВ "СОФІЇВСЬКА ГІМНАЗІЯ "КОРОЛІВСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>проспект Героїв Небесної Сотні, 26/16, прим. 1001</t>
+          <t>вулиця Академіка Шалімова, 69- А</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(095)2163275</t>
+          <t>(094)9900909</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>Sofiland.gymnasium@gmail.com</t>
+          <t>kings.school.sb@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Озерова Олена Миколаївна</t>
+          <t>Директор Чичановська Марія Володимирівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Софіївсько-Борщагівська Гімназія Фрідомскул"</t>
+          <t>Товариство з обмеженою відповідальністю "Софіївська гімназія "Софіленд"</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>176699</v>
+        <v>176805</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ГІМНАЗІЯ ФРІДОМСКУЛ"</t>
+          <t>ТОВ "Софіївська гімназія "Софіленд"</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Травнева, 2-А, літера Г</t>
+          <t>проспект Героїв Небесної Сотні, 26/16, прим. 1001</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(097)6733350</t>
+          <t>(095)2163275</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>freedomschoollyceum@gmail.com</t>
+          <t>Sofiland.gymnasium@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Бульба Оксана Миколаївна</t>
+          <t>Директор Озерова Олена Миколаївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Софіївсько-Борщагівська Гімназія Фрідомскул"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>176610</v>
+        <v>176699</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
+          <t>ТОВ "ГІМНАЗІЯ ФРІДОМСКУЛ"</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шалімова академіка, 68/1,68/1А,68/1Б</t>
+          <t>вулиця Травнева, 2-А, літера Г</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(066)5800886</t>
+          <t>(097)6733350</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>dssonechko21@gmail.com</t>
+          <t>freedomschoollyceum@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Голобородько Олена Анатоліївна</t>
+          <t>Директор Бульба Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>176593</v>
+        <v>176610</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
+          <t>ТОВ "ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зелена, 10-А</t>
+          <t>вулиця Шалімова академіка, 68/1,68/1А,68/1Б</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(067)5488024</t>
+          <t>(066)5800886</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>edsofia21@gmail.com</t>
+          <t>dssonechko21@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Парасочка Людмила Леонідівна</t>
+          <t>Директор Голобородько Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>176825</v>
+        <v>176593</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
+          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Радісна, 1</t>
+          <t>вулиця Зелена, 10-А</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(067)1441120</t>
+          <t>(067)5488024</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>residence.school@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>edsofia21@gmail.com</t>
+        </is>
+      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Давидова Ангеліна Володимирівна</t>
+          <t>Директор Парасочка Людмила Леонідівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>147699</v>
+        <v>176825</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
+          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сонячна, 10</t>
+          <t>вулиця Радісна, 1</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(067)3438210</t>
+          <t>(067)1441120</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>sofia-school@ukr.net</t>
+          <t>residence.school@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>https://www.sofiya.ua/</t>
+          <t>https://sofia-global.education/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Генеральний директор Кухарчук Алла Іванівна</t>
+          <t>Директор Давидова Ангеліна Володимирівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ ФРІДОМСКУЛ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>176819</v>
+        <v>147699</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛІЦЕЙ ФРІДОМСКУЛ"</t>
+          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Волошкова, 6</t>
+          <t>вулиця Сонячна, 10</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(097)7550013</t>
+          <t>(067)3438210</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>freedomschoollyceum@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S14" s="4"/>
+          <t>sofia-school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S14" s="4" t="inlineStr">
+        <is>
+          <t>https://www.sofiya.ua/</t>
+        </is>
+      </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Харлапіна Ірина Андріївна</t>
+          <t>Генеральний директор Кухарчук Алла Іванівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ ФРІДОМСКУЛ"</t>
+        </is>
+      </c>
+      <c r="B15" s="5" t="n">
+        <v>176819</v>
+      </c>
+      <c r="C15" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ЛІЦЕЙ ФРІДОМСКУЛ"</t>
+        </is>
+      </c>
+      <c r="E15" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G15" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H15" s="6" t="inlineStr">
+        <is>
+          <t>3222486201</t>
+        </is>
+      </c>
+      <c r="I15" s="4" t="inlineStr">
+        <is>
+          <t>Київська область</t>
+        </is>
+      </c>
+      <c r="J15" s="4" t="inlineStr">
+        <is>
+          <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
+        </is>
+      </c>
+      <c r="K15" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Волошкова, 6</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="inlineStr">
+        <is>
+          <t>UA32080050020065009</t>
+        </is>
+      </c>
+      <c r="M15" s="4" t="inlineStr">
+        <is>
+          <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
+        </is>
+      </c>
+      <c r="N15" s="7"/>
+      <c r="O15" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
+        </is>
+      </c>
+      <c r="P15" s="4" t="inlineStr">
+        <is>
+          <t>(097)7550013</t>
+        </is>
+      </c>
+      <c r="Q15" s="4"/>
+      <c r="R15" s="4" t="inlineStr">
+        <is>
+          <t>freedomschoollyceum@gmail.com</t>
+        </is>
+      </c>
+      <c r="S15" s="4"/>
+      <c r="T15" s="4" t="inlineStr">
+        <is>
+          <t>Директор Харлапіна Ірина Андріївна</t>
+        </is>
+      </c>
+      <c r="U15" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V15" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W15" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X15" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y15" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y14"/>
+  <autoFilter ref="A1:Y15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>