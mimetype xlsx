--- v0 (2025-10-28)
+++ v1 (2026-02-13)
@@ -1207,51 +1207,51 @@
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Фастівський р-н, м. Боярка</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(04598)3-55-97</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>binternat@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Маріогло Зінаїда Іванівна</t>
+          <t>Директор Коваль Яніна Юріївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
@@ -1433,51 +1433,51 @@
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Боярської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(067)5931033</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>lyceumlisovaschool2024@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>http://lisovaschool.com</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Островська Вікторія Валентинівна</t>
+          <t>Директор Чорна Тетяна Юріївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">