--- v0 (2025-10-29)
+++ v1 (2025-12-29)
@@ -1667,51 +1667,51 @@
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Фастівський р-н, м. Боярка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(04598)3-55-97</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>binternat@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Маріогло Зінаїда Іванівна</t>
+          <t>Директор Коваль Яніна Юріївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
@@ -1893,51 +1893,51 @@
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Боярської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(067)5931033</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
           <t>lyceumlisovaschool2024@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
           <t>http://lisovaschool.com</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Островська Вікторія Валентинівна</t>
+          <t>Директор Чорна Тетяна Юріївна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
@@ -6507,51 +6507,51 @@
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
           <t>Приватний Святопетрівський ліцей "Отчий дім"</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
         <v>176469</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>ПСЛ "Отчий дім"</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
           <t>3222485801</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>с. Святопетрівське, Києво-Святошинський район, Київська область</t>
@@ -7173,51 +7173,51 @@
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
           <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ЛІЦЕЙ "ДІСКАВЕРІ КІДС" СЕЛА СОФІЇВСЬКА БОРЩАГІВКА КИЇВСЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
         <v>176741</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4"/>
       <c r="E62" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
@@ -7278,51 +7278,51 @@
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
           <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «НОВОСОФІЇВСЬКИЙ ЛІЦЕЙ "МОЗАЙКА"</t>
         </is>
       </c>
       <c r="B63" s="5" t="n">
         <v>147704</v>
       </c>
       <c r="C63" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>ТОВ "Новософіївський ліцей "Мозайка"</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H63" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
@@ -9682,51 +9682,51 @@
       </c>
       <c r="N84" s="7"/>
       <c r="O84" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Білогородської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P84" s="4" t="inlineStr">
         <is>
           <t>(044)2324130, (067)4692375</t>
         </is>
       </c>
       <c r="Q84" s="4"/>
       <c r="R84" s="4" t="inlineStr">
         <is>
           <t>info@astor.school</t>
         </is>
       </c>
       <c r="S84" s="4" t="inlineStr">
         <is>
           <t>https://astor.school/</t>
         </is>
       </c>
       <c r="T84" s="4" t="inlineStr">
         <is>
-          <t>Директор Федяєва Яна Валеріївна</t>
+          <t>Директор Хібовська Олена Олександрівна</t>
         </is>
       </c>
       <c r="U84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V84" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">