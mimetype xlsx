--- v1 (2025-12-29)
+++ v2 (2026-03-03)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$86</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$88</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y86"/>
+  <dimension ref="A1:Y88"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -7482,2511 +7482,2733 @@
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКА ГІМНАЗІЯ "КОРОЛІВСЬКА ШКОЛА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Ліцей "Мені Вейз" с. Софіївська Борщагівка"</t>
         </is>
       </c>
       <c r="B65" s="5" t="n">
-        <v>176945</v>
+        <v>176969</v>
       </c>
       <c r="C65" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D65" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D65" s="4"/>
       <c r="E65" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H65" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Шалімова, 69- А</t>
+          <t>вулиця Болгарська, 29</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
-          <t>(094)9900909</t>
+          <t>(066)7842999</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
-          <t>kings.school.sb@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S65" s="4"/>
+          <t>manyways@i.ua</t>
+        </is>
+      </c>
+      <c r="S65" s="4" t="inlineStr">
+        <is>
+          <t>https://manyways.com.ua/about-school/</t>
+        </is>
+      </c>
       <c r="T65" s="4" t="inlineStr">
         <is>
-          <t>Директор Чичановська Марія Володимирівна</t>
+          <t>Директор Поліщук Катерина Катерина</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Софіївська гімназія "Софіленд"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКА ГІМНАЗІЯ "КОРОЛІВСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="B66" s="5" t="n">
-        <v>176805</v>
+        <v>176945</v>
       </c>
       <c r="C66" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Софіївська гімназія "Софіленд"</t>
+          <t>ТОВ "СОФІЇВСЬКА ГІМНАЗІЯ "КОРОЛІВСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G66" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H66" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I66" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J66" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K66" s="4" t="inlineStr">
         <is>
-          <t>проспект Героїв Небесної Сотні, 26/16, прим. 1001</t>
+          <t>вулиця Академіка Шалімова, 69- А</t>
         </is>
       </c>
       <c r="L66" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
-          <t>(095)2163275</t>
+          <t>(094)9900909</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
-          <t>Sofiland.gymnasium@gmail.com</t>
+          <t>kings.school.sb@gmail.com</t>
         </is>
       </c>
       <c r="S66" s="4"/>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t>Директор Озерова Олена Миколаївна</t>
+          <t>Директор Чичановська Марія Володимирівна</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Софіївсько-Борщагівська Гімназія Фрідомскул"</t>
+          <t>Товариство з обмеженою відповідальністю "Софіївська гімназія "Софіленд"</t>
         </is>
       </c>
       <c r="B67" s="5" t="n">
-        <v>176699</v>
+        <v>176805</v>
       </c>
       <c r="C67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ГІМНАЗІЯ ФРІДОМСКУЛ"</t>
+          <t>ТОВ "Софіївська гімназія "Софіленд"</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H67" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
-          <t>вулиця Травнева, 2-А, літера Г</t>
+          <t>проспект Героїв Небесної Сотні, 26/16, прим. 1001</t>
         </is>
       </c>
       <c r="L67" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
-          <t>(097)6733350</t>
+          <t>(095)2163275</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
-          <t>freedomschoollyceum@gmail.com</t>
+          <t>Sofiland.gymnasium@gmail.com</t>
         </is>
       </c>
       <c r="S67" s="4"/>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t>Директор Бульба Оксана Миколаївна</t>
+          <t>Директор Озерова Олена Миколаївна</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Софіївсько-Борщагівська Гімназія Фрідомскул"</t>
         </is>
       </c>
       <c r="B68" s="5" t="n">
-        <v>176610</v>
+        <v>176699</v>
       </c>
       <c r="C68" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
+          <t>ТОВ "ГІМНАЗІЯ ФРІДОМСКУЛ"</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H68" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шалімова академіка, 68/1,68/1А,68/1Б</t>
+          <t>вулиця Травнева, 2-А, літера Г</t>
         </is>
       </c>
       <c r="L68" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
-          <t>(066)5800886</t>
+          <t>(097)6733350</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
-          <t>dssonechko21@gmail.com</t>
+          <t>freedomschoollyceum@gmail.com</t>
         </is>
       </c>
       <c r="S68" s="4"/>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>Директор Голобородько Олена Анатоліївна</t>
+          <t>Директор Бульба Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V68" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
         </is>
       </c>
       <c r="B69" s="5" t="n">
-        <v>176593</v>
+        <v>176610</v>
       </c>
       <c r="C69" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
+          <t>ТОВ "ПОЧАТКОВА ШКОЛА "ПРОМІНЧИКИ СОНЕЧКА"</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H69" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зелена, 10-А</t>
+          <t>вулиця Шалімова академіка, 68/1,68/1А,68/1Б</t>
         </is>
       </c>
       <c r="L69" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M69" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N69" s="7"/>
       <c r="O69" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P69" s="4" t="inlineStr">
         <is>
-          <t>(067)5488024</t>
+          <t>(066)5800886</t>
         </is>
       </c>
       <c r="Q69" s="4"/>
       <c r="R69" s="4" t="inlineStr">
         <is>
-          <t>edsofia21@gmail.com</t>
+          <t>dssonechko21@gmail.com</t>
         </is>
       </c>
       <c r="S69" s="4"/>
       <c r="T69" s="4" t="inlineStr">
         <is>
-          <t>Директор Парасочка Людмила Леонідівна</t>
+          <t>Директор Голобородько Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U69" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
         </is>
       </c>
       <c r="B70" s="5" t="n">
-        <v>176825</v>
+        <v>176593</v>
       </c>
       <c r="C70" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
+          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ"</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H70" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I70" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
-          <t>вулиця Радісна, 1</t>
+          <t>вулиця Зелена, 10-А</t>
         </is>
       </c>
       <c r="L70" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
-          <t>(067)1441120</t>
+          <t>(067)5488024</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
         <is>
-          <t>residence.school@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>edsofia21@gmail.com</t>
+        </is>
+      </c>
+      <c r="S70" s="4"/>
       <c r="T70" s="4" t="inlineStr">
         <is>
-          <t>Директор Давидова Ангеліна Володимирівна</t>
+          <t>Директор Парасочка Людмила Леонідівна</t>
         </is>
       </c>
       <c r="U70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
         </is>
       </c>
       <c r="B71" s="5" t="n">
-        <v>147699</v>
+        <v>176825</v>
       </c>
       <c r="C71" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
+          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКА ПОЧАТКОВА ШКОЛА "СОФІЯ РЕЗИДЕНС"</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H71" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I71" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J71" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сонячна, 10</t>
+          <t>вулиця Радісна, 1</t>
         </is>
       </c>
       <c r="L71" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M71" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
-          <t>(067)3438210</t>
+          <t>(067)1441120</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
-          <t>sofia-school@ukr.net</t>
+          <t>residence.school@gmail.com</t>
         </is>
       </c>
       <c r="S71" s="4" t="inlineStr">
         <is>
-          <t>https://www.sofiya.ua/</t>
+          <t>https://sofia-global.education/</t>
         </is>
       </c>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t>Генеральний директор Кухарчук Алла Іванівна</t>
+          <t>Директор Давидова Ангеліна Володимирівна</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ ФРІДОМСКУЛ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
         </is>
       </c>
       <c r="B72" s="5" t="n">
-        <v>176819</v>
+        <v>147699</v>
       </c>
       <c r="C72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛІЦЕЙ ФРІДОМСКУЛ"</t>
+          <t>ТОВ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ "СОФІЯ"</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H72" s="6" t="inlineStr">
         <is>
           <t>3222486201</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
           <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
-          <t>вулиця Волошкова, 6</t>
+          <t>вулиця Сонячна, 10</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
           <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
-          <t>(097)7550013</t>
+          <t>(067)3438210</t>
         </is>
       </c>
       <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
-          <t>freedomschoollyceum@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S72" s="4"/>
+          <t>sofia-school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S72" s="4" t="inlineStr">
+        <is>
+          <t>https://www.sofiya.ua/</t>
+        </is>
+      </c>
       <c r="T72" s="4" t="inlineStr">
         <is>
-          <t>Директор Харлапіна Ірина Андріївна</t>
+          <t>Генеральний директор Кухарчук Алла Іванівна</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V72" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>Тарасівський академічний ліцей Боярської міської ради</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "СОФІЇВСЬКО-БОРЩАГІВСЬКИЙ ЛІЦЕЙ ФРІДОМСКУЛ"</t>
         </is>
       </c>
       <c r="B73" s="5" t="n">
-        <v>150039</v>
+        <v>176819</v>
       </c>
       <c r="C73" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>Тарасівський академічний ліцей</t>
+          <t>ТОВ "ЛІЦЕЙ ФРІДОМСКУЛ"</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G73" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H73" s="6" t="inlineStr">
         <is>
-          <t>3222486601</t>
+          <t>3222486201</t>
         </is>
       </c>
       <c r="I73" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J73" s="4" t="inlineStr">
         <is>
-          <t>с. Тарасівка, Києво-Святошинський район, Київська область</t>
+          <t>с. Софіївська Борщагівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Волошкова, 6</t>
         </is>
       </c>
       <c r="L73" s="6" t="inlineStr">
         <is>
-          <t>UA32140030110036723</t>
+          <t>UA32080050020065009</t>
         </is>
       </c>
       <c r="M73" s="4" t="inlineStr">
         <is>
-          <t>Київська обл., Фастівський р-н, с. Тарасівка</t>
+          <t>Київська обл., Бучанський р-н, с. Софіївська Борщагівка</t>
         </is>
       </c>
       <c r="N73" s="7"/>
       <c r="O73" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Боярської міської ради</t>
+          <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P73" s="4" t="inlineStr">
         <is>
-          <t>(099)5228959</t>
+          <t>(097)7550013</t>
         </is>
       </c>
       <c r="Q73" s="4"/>
       <c r="R73" s="4" t="inlineStr">
         <is>
-          <t>tzosh@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>freedomschoollyceum@gmail.com</t>
+        </is>
+      </c>
+      <c r="S73" s="4"/>
       <c r="T73" s="4" t="inlineStr">
         <is>
-          <t>Директор Кучеренко Тамара Вікторівна</t>
+          <t>Директор Харлапіна Ірина Андріївна</t>
         </is>
       </c>
       <c r="U73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V73" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Академія Хансена"</t>
+          <t>Тарасівський академічний ліцей Боярської міської ради</t>
         </is>
       </c>
       <c r="B74" s="5" t="n">
-        <v>176821</v>
+        <v>150039</v>
       </c>
       <c r="C74" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Академія Хансена"</t>
+          <t>Тарасівський академічний ліцей</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G74" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H74" s="6" t="inlineStr">
         <is>
           <t>3222486601</t>
         </is>
       </c>
       <c r="I74" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J74" s="4" t="inlineStr">
         <is>
           <t>с. Тарасівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K74" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ольги Княгині, 9</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L74" s="6" t="inlineStr">
         <is>
           <t>UA32140030110036723</t>
         </is>
       </c>
       <c r="M74" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Фастівський р-н, с. Тарасівка</t>
         </is>
       </c>
       <c r="N74" s="7"/>
       <c r="O74" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Боярської міської ради</t>
         </is>
       </c>
       <c r="P74" s="4" t="inlineStr">
         <is>
-          <t>(097)4061777</t>
+          <t>(099)5228959</t>
         </is>
       </c>
       <c r="Q74" s="4"/>
       <c r="R74" s="4" t="inlineStr">
         <is>
-          <t>manilenko.inna@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S74" s="4"/>
+          <t>tzosh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S74" s="4" t="inlineStr">
+        <is>
+          <t>https://www.tarasivskazosh.org.ua</t>
+        </is>
+      </c>
       <c r="T74" s="4" t="inlineStr">
         <is>
-          <t>Директор Маніленко Інна Володимирівна</t>
+          <t>Директор Кучеренко Тамара Вікторівна</t>
         </is>
       </c>
       <c r="U74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V74" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Тарасівський ліцей "ЮКСА"</t>
+          <t>Товариство з обмеженою відповідальністю "Академія Хансена"</t>
         </is>
       </c>
       <c r="B75" s="5" t="n">
-        <v>176833</v>
+        <v>176821</v>
       </c>
       <c r="C75" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Тарасівський ліцей "ЮКСА"</t>
+          <t>ТОВ "Академія Хансена"</t>
         </is>
       </c>
       <c r="E75" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G75" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H75" s="6" t="inlineStr">
         <is>
           <t>3222486601</t>
         </is>
       </c>
       <c r="I75" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J75" s="4" t="inlineStr">
         <is>
           <t>с. Тарасівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K75" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 77/11</t>
+          <t>вулиця Ольги Княгині, 9</t>
         </is>
       </c>
       <c r="L75" s="6" t="inlineStr">
         <is>
           <t>UA32140030110036723</t>
         </is>
       </c>
       <c r="M75" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Фастівський р-н, с. Тарасівка</t>
         </is>
       </c>
       <c r="N75" s="7"/>
       <c r="O75" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Боярської міської ради</t>
         </is>
       </c>
       <c r="P75" s="4" t="inlineStr">
         <is>
-          <t>(097)133-74-42</t>
+          <t>(097)4061777</t>
         </is>
       </c>
       <c r="Q75" s="4"/>
       <c r="R75" s="4" t="inlineStr">
         <is>
-          <t>ucsa.school@gmail.com</t>
+          <t>manilenko.inna@gmail.com</t>
         </is>
       </c>
       <c r="S75" s="4"/>
       <c r="T75" s="4" t="inlineStr">
         <is>
-          <t>Директор Каспрова Ірина Олександрівна</t>
+          <t>Директор Маніленко Інна Володимирівна</t>
         </is>
       </c>
       <c r="U75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V75" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад "Ходосівський ліцей" Феодосіївської сільської ради Обухівського району Київської області</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Тарасівський ліцей "ЮКСА"</t>
         </is>
       </c>
       <c r="B76" s="5" t="n">
-        <v>148808</v>
+        <v>176833</v>
       </c>
       <c r="C76" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>ОЗ "Ходосівський ліцей"</t>
+          <t>ТОВ "Тарасівський ліцей "ЮКСА"</t>
         </is>
       </c>
       <c r="E76" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G76" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H76" s="6" t="inlineStr">
         <is>
-          <t>3222487001</t>
+          <t>3222486601</t>
         </is>
       </c>
       <c r="I76" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J76" s="4" t="inlineStr">
         <is>
-          <t>с. Ходосівка, Києво-Святошинський район, Київська область</t>
+          <t>с. Тарасівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K76" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборна, 20</t>
+          <t>вулиця Київська, 77/11</t>
         </is>
       </c>
       <c r="L76" s="6" t="inlineStr">
         <is>
-          <t>UA32120170010087604</t>
+          <t>UA32140030110036723</t>
         </is>
       </c>
       <c r="M76" s="4" t="inlineStr">
         <is>
-          <t>Київська обл., Обухівський р-н, с. Ходосівка</t>
+          <t>Київська обл., Фастівський р-н, с. Тарасівка</t>
         </is>
       </c>
       <c r="N76" s="7"/>
       <c r="O76" s="4" t="inlineStr">
         <is>
-          <t>Відділ гуманітарного розвитку Феодосіївської сільської ради Обухівського району Київської області</t>
+          <t>Управління освіти Боярської міської ради</t>
         </is>
       </c>
       <c r="P76" s="4" t="inlineStr">
         <is>
-          <t>(04598)9-64-44</t>
-[...6 lines deleted...]
-      </c>
+          <t>(097)133-74-42</t>
+        </is>
+      </c>
+      <c r="Q76" s="4"/>
       <c r="R76" s="4" t="inlineStr">
         <is>
-          <t>hodosovkascool@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>ucsa.school@gmail.com</t>
+        </is>
+      </c>
+      <c r="S76" s="4"/>
       <c r="T76" s="4" t="inlineStr">
         <is>
-          <t>Директор Ярошенко Наталія Василівна</t>
+          <t>Директор Каспрова Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U76" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V76" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="4" t="inlineStr">
         <is>
-          <t>Приватна організація (Установа,заклад) "Приватний заклад загальної середньої освіти "Хотівська гімназія "Школа Довкола"</t>
+          <t>Опорний заклад "Ходосівський ліцей" Феодосіївської сільської ради Обухівського району Київської області</t>
         </is>
       </c>
       <c r="B77" s="5" t="n">
-        <v>176838</v>
+        <v>148808</v>
       </c>
       <c r="C77" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО "ШКОЛА ДОВКОЛА"</t>
+          <t>ОЗ "Ходосівський ліцей"</t>
         </is>
       </c>
       <c r="E77" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G77" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H77" s="6" t="inlineStr">
         <is>
-          <t>3222487201</t>
+          <t>3222487001</t>
         </is>
       </c>
       <c r="I77" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J77" s="4" t="inlineStr">
         <is>
-          <t>с. Хотів, Києво-Святошинський район, Київська область</t>
+          <t>с. Ходосівка, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K77" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 25</t>
+          <t>вулиця Соборна, 20</t>
         </is>
       </c>
       <c r="L77" s="6" t="inlineStr">
         <is>
-          <t>UA32120170080064470</t>
+          <t>UA32120170010087604</t>
         </is>
       </c>
       <c r="M77" s="4" t="inlineStr">
         <is>
-          <t>Київська обл., Обухівський р-н, с. Хотів</t>
+          <t>Київська обл., Обухівський р-н, с. Ходосівка</t>
         </is>
       </c>
       <c r="N77" s="7"/>
       <c r="O77" s="4" t="inlineStr">
         <is>
           <t>Відділ гуманітарного розвитку Феодосіївської сільської ради Обухівського району Київської області</t>
         </is>
       </c>
       <c r="P77" s="4" t="inlineStr">
         <is>
-          <t>(067)2162525</t>
-[...2 lines deleted...]
-      <c r="Q77" s="4"/>
+          <t>(04598)9-64-44</t>
+        </is>
+      </c>
+      <c r="Q77" s="4" t="inlineStr">
+        <is>
+          <t>(04598)9-64-44</t>
+        </is>
+      </c>
       <c r="R77" s="4" t="inlineStr">
         <is>
-          <t>dovkolaschool@gmail.com</t>
+          <t>hodosovkascool@meta.ua</t>
         </is>
       </c>
       <c r="S77" s="4" t="inlineStr">
         <is>
-          <t>https://dovkolaschool.org.ua/</t>
+          <t>http://www.khodosivka.edukit.kiev.ua</t>
         </is>
       </c>
       <c r="T77" s="4" t="inlineStr">
         <is>
-          <t>Директор Гагара Вікторія Сергіївна</t>
+          <t>Директор Ярошенко Наталія Василівна</t>
         </is>
       </c>
       <c r="U77" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V77" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ХОТІВСЬКИЙ ЛІЦЕЙ "БЕЗМЕЖ"</t>
+          <t>Приватна організація (Установа,заклад) "Приватний заклад загальної середньої освіти "Хотівська гімназія "Школа Довкола"</t>
         </is>
       </c>
       <c r="B78" s="5" t="n">
-        <v>150839</v>
+        <v>176838</v>
       </c>
       <c r="C78" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ХОТІВСЬКИЙ ЛІЦЕЙ "БЕЗМЕЖ"</t>
+          <t>ПЗЗСО "ШКОЛА ДОВКОЛА"</t>
         </is>
       </c>
       <c r="E78" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G78" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H78" s="6" t="inlineStr">
         <is>
           <t>3222487201</t>
         </is>
       </c>
       <c r="I78" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J78" s="4" t="inlineStr">
         <is>
           <t>с. Хотів, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K78" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Хмельницького, 1</t>
+          <t>вулиця Незалежності, 25</t>
         </is>
       </c>
       <c r="L78" s="6" t="inlineStr">
         <is>
           <t>UA32120170080064470</t>
         </is>
       </c>
       <c r="M78" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Обухівський р-н, с. Хотів</t>
         </is>
       </c>
       <c r="N78" s="7"/>
       <c r="O78" s="4" t="inlineStr">
         <is>
           <t>Відділ гуманітарного розвитку Феодосіївської сільської ради Обухівського району Київської області</t>
         </is>
       </c>
       <c r="P78" s="4" t="inlineStr">
         <is>
-          <t>(066)3210509, (098)4680977</t>
+          <t>(067)2162525</t>
         </is>
       </c>
       <c r="Q78" s="4"/>
       <c r="R78" s="4" t="inlineStr">
         <is>
-          <t>school@bezmezh.school</t>
-[...2 lines deleted...]
-      <c r="S78" s="4"/>
+          <t>dovkolaschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S78" s="4" t="inlineStr">
+        <is>
+          <t>https://dovkolaschool.org.ua/</t>
+        </is>
+      </c>
       <c r="T78" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Світлана Миколаївна</t>
+          <t>Директор Гагара Вікторія Сергіївна</t>
         </is>
       </c>
       <c r="U78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V78" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="4" t="inlineStr">
         <is>
-          <t>Хотівський академічний ліцей імені Левка Лук'яненка Феодосіївської сільської ради Обухівського району Київської області</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ХОТІВСЬКИЙ ЛІЦЕЙ "БЕЗМЕЖ"</t>
         </is>
       </c>
       <c r="B79" s="5" t="n">
-        <v>148964</v>
+        <v>150839</v>
       </c>
       <c r="C79" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>Хотівський академічний ліцей імені Левка Лук'яненка</t>
+          <t>ТОВ "ХОТІВСЬКИЙ ЛІЦЕЙ "БЕЗМЕЖ"</t>
         </is>
       </c>
       <c r="E79" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G79" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H79" s="6" t="inlineStr">
         <is>
           <t>3222487201</t>
         </is>
       </c>
       <c r="I79" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J79" s="4" t="inlineStr">
         <is>
           <t>с. Хотів, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K79" s="4" t="inlineStr">
         <is>
-          <t>площа Паширова, 1</t>
+          <t>вулиця Богдана Хмельницького, 1</t>
         </is>
       </c>
       <c r="L79" s="6" t="inlineStr">
         <is>
           <t>UA32120170080064470</t>
         </is>
       </c>
       <c r="M79" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Обухівський р-н, с. Хотів</t>
         </is>
       </c>
       <c r="N79" s="7"/>
       <c r="O79" s="4" t="inlineStr">
         <is>
           <t>Відділ гуманітарного розвитку Феодосіївської сільської ради Обухівського району Київської області</t>
         </is>
       </c>
       <c r="P79" s="4" t="inlineStr">
         <is>
-          <t>(04598)53442</t>
-[...6 lines deleted...]
-      </c>
+          <t>(066)3210509, (098)4680977</t>
+        </is>
+      </c>
+      <c r="Q79" s="4"/>
       <c r="R79" s="4" t="inlineStr">
         <is>
-          <t>hotschool@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school@bezmezh.school</t>
+        </is>
+      </c>
+      <c r="S79" s="4"/>
       <c r="T79" s="4" t="inlineStr">
         <is>
-          <t>Директор Неруш Наталія Василівна</t>
+          <t>Директор Шевченко Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V79" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД «МІЖНАРОДНИЙ ЛІЦЕЙ «МИХАЇЛ» с. ЧАЙКИ»</t>
+          <t>Хотівський академічний ліцей імені Левка Лук'яненка Феодосіївської сільської ради Обухівського району Київської області</t>
         </is>
       </c>
       <c r="B80" s="5" t="n">
-        <v>147751</v>
+        <v>148964</v>
       </c>
       <c r="C80" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>«Міжнародний ліцей “МИХАЇЛ”</t>
+          <t>Хотівський академічний ліцей імені Левка Лук'яненка</t>
         </is>
       </c>
       <c r="E80" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G80" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H80" s="6" t="inlineStr">
         <is>
-          <t>3222485903</t>
+          <t>3222487201</t>
         </is>
       </c>
       <c r="I80" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J80" s="4" t="inlineStr">
         <is>
-          <t>с. Чайки, Києво-Святошинський район, Київська область</t>
+          <t>с. Хотів, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K80" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лобановського, 8</t>
+          <t>площа Паширова, 1</t>
         </is>
       </c>
       <c r="L80" s="6" t="inlineStr">
         <is>
-          <t>UA32080050030064312</t>
+          <t>UA32120170080064470</t>
         </is>
       </c>
       <c r="M80" s="4" t="inlineStr">
         <is>
-          <t>Київська обл., Бучанський р-н, с. Чайки</t>
+          <t>Київська обл., Обухівський р-н, с. Хотів</t>
         </is>
       </c>
       <c r="N80" s="7"/>
       <c r="O80" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
+          <t>Відділ гуманітарного розвитку Феодосіївської сільської ради Обухівського району Київської області</t>
         </is>
       </c>
       <c r="P80" s="4" t="inlineStr">
         <is>
-          <t>(044)5934461, (044)5934462</t>
-[...2 lines deleted...]
-      <c r="Q80" s="4"/>
+          <t>(04598)53442</t>
+        </is>
+      </c>
+      <c r="Q80" s="4" t="inlineStr">
+        <is>
+          <t>(04598)53442</t>
+        </is>
+      </c>
       <c r="R80" s="4" t="inlineStr">
         <is>
-          <t>m.in.lyceum@gmail.com</t>
+          <t>hotschool@ukr.net</t>
         </is>
       </c>
       <c r="S80" s="4" t="inlineStr">
         <is>
-          <t>https://europeschool.com.ua/</t>
+          <t>http://www.khotiv.licey.org.ua</t>
         </is>
       </c>
       <c r="T80" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Владіков Михайло Олександрович</t>
+          <t>Директор Неруш Наталія Василівна</t>
         </is>
       </c>
       <c r="U80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V80" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "КРИМСЬКОТАТАРСЬКИЙ ЛІЦЕЙ "БІРЛІК СКУЛ" с. Чайки"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД «МІЖНАРОДНИЙ ЛІЦЕЙ «МИХАЇЛ» с. ЧАЙКИ»</t>
         </is>
       </c>
       <c r="B81" s="5" t="n">
-        <v>176667</v>
+        <v>147751</v>
       </c>
       <c r="C81" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>ПЗ «БІРЛІК СКУЛ»</t>
+          <t>«Міжнародний ліцей “МИХАЇЛ”</t>
         </is>
       </c>
       <c r="E81" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G81" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H81" s="6" t="inlineStr">
         <is>
           <t>3222485903</t>
         </is>
       </c>
       <c r="I81" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J81" s="4" t="inlineStr">
         <is>
           <t>с. Чайки, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K81" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 3</t>
+          <t>вулиця Лобановського, 8</t>
         </is>
       </c>
       <c r="L81" s="6" t="inlineStr">
         <is>
           <t>UA32080050030064312</t>
         </is>
       </c>
       <c r="M81" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Чайки</t>
         </is>
       </c>
       <c r="N81" s="7"/>
       <c r="O81" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P81" s="4" t="inlineStr">
         <is>
-          <t>(093)8102020</t>
+          <t>(044)5934461, (044)5934462</t>
         </is>
       </c>
       <c r="Q81" s="4"/>
       <c r="R81" s="4" t="inlineStr">
         <is>
-          <t>info@birlik.school</t>
+          <t>m.in.lyceum@gmail.com</t>
         </is>
       </c>
       <c r="S81" s="4" t="inlineStr">
         <is>
-          <t>birlik.school</t>
+          <t>https://europeschool.com.ua/</t>
         </is>
       </c>
       <c r="T81" s="4" t="inlineStr">
         <is>
-          <t>Директор Сейдаметов Назім Ільмійович</t>
+          <t>В.о. директора Владіков Михайло Олександрович</t>
         </is>
       </c>
       <c r="U81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V81" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ЧАЙКІВСЬКА ГІМНАЗІЯ "ЮНІК СКУЛ"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "КРИМСЬКОТАТАРСЬКИЙ ЛІЦЕЙ "БІРЛІК СКУЛ" с. Чайки"</t>
         </is>
       </c>
       <c r="B82" s="5" t="n">
-        <v>176725</v>
+        <v>176667</v>
       </c>
       <c r="C82" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЧАЙКІВСЬКА ГІМНАЗІЯ "ЮНІК СКУЛ"</t>
+          <t>ПЗ «БІРЛІК СКУЛ»</t>
         </is>
       </c>
       <c r="E82" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G82" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H82" s="6" t="inlineStr">
         <is>
           <t>3222485903</t>
         </is>
       </c>
       <c r="I82" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J82" s="4" t="inlineStr">
         <is>
           <t>с. Чайки, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K82" s="4" t="inlineStr">
         <is>
-          <t>вулиця Леонтовича, 6</t>
+          <t>вулиця Грушевського, 3</t>
         </is>
       </c>
       <c r="L82" s="6" t="inlineStr">
         <is>
           <t>UA32080050030064312</t>
         </is>
       </c>
       <c r="M82" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Чайки</t>
         </is>
       </c>
       <c r="N82" s="7"/>
       <c r="O82" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P82" s="4" t="inlineStr">
         <is>
-          <t>(067)8115363</t>
+          <t>(093)8102020</t>
         </is>
       </c>
       <c r="Q82" s="4"/>
       <c r="R82" s="4" t="inlineStr">
         <is>
-          <t>iryna.stefanska1605@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S82" s="4"/>
+          <t>info@birlik.school</t>
+        </is>
+      </c>
+      <c r="S82" s="4" t="inlineStr">
+        <is>
+          <t>birlik.school</t>
+        </is>
+      </c>
       <c r="T82" s="4" t="inlineStr">
         <is>
-          <t>Директор Савінкова Тетяна Анатоліївна</t>
+          <t>Директор Сейдаметов Назім Ільмійович</t>
         </is>
       </c>
       <c r="U82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V82" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="4" t="inlineStr">
         <is>
-          <t>Чайківська філія ліцею №1 с. Петропавлівська Борщагівка комунального закладу загальної середньої освіти "Ліцей №1 с. Петропавлівська Борщагівка" Борщагівської сільської ради Бучанського району Київської області</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ЧАЙКІВСЬКА ГІМНАЗІЯ "ЮНІК СКУЛ"</t>
         </is>
       </c>
       <c r="B83" s="5" t="n">
-        <v>141895</v>
+        <v>176725</v>
       </c>
       <c r="C83" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>Чайківська філія Ліцею №1</t>
+          <t>ТОВ "ЧАЙКІВСЬКА ГІМНАЗІЯ "ЮНІК СКУЛ"</t>
         </is>
       </c>
       <c r="E83" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G83" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H83" s="6" t="inlineStr">
         <is>
           <t>3222485903</t>
         </is>
       </c>
       <c r="I83" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J83" s="4" t="inlineStr">
         <is>
           <t>с. Чайки, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K83" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лобановського, 21, корп. 3</t>
+          <t>вулиця Леонтовича, 6</t>
         </is>
       </c>
       <c r="L83" s="6" t="inlineStr">
         <is>
           <t>UA32080050030064312</t>
         </is>
       </c>
       <c r="M83" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с. Чайки</t>
         </is>
       </c>
       <c r="N83" s="7"/>
       <c r="O83" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P83" s="4" t="inlineStr">
         <is>
-          <t>(044)5934321, (044)5934395</t>
+          <t>(067)8115363</t>
         </is>
       </c>
       <c r="Q83" s="4"/>
       <c r="R83" s="4" t="inlineStr">
         <is>
-          <t>shkolachayka@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>iryna.stefanska1605@gmail.com</t>
+        </is>
+      </c>
+      <c r="S83" s="4"/>
       <c r="T83" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Дідух Ірина Ігорівна</t>
+          <t>Директор Савінкова Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U83" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V83" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАКЛАД ОСВІТИ "АСТОР"</t>
+          <t>ЧАЙКІВСЬКА ГІМНАЗІЯ БОРЩАГІВСЬКОЇ СІЛЬСЬКОЇ РАДИ БУЧАНСЬКОГО РАЙОНУ КИЇВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B84" s="5" t="n">
-        <v>149505</v>
+        <v>176972</v>
       </c>
       <c r="C84" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЗО "Астор".</t>
+          <t>Чайківська гімназія</t>
         </is>
       </c>
       <c r="E84" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G84" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H84" s="6" t="inlineStr">
         <is>
-          <t>3222480404</t>
+          <t>3222485903</t>
         </is>
       </c>
       <c r="I84" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J84" s="4" t="inlineStr">
         <is>
-          <t>с. Шевченкове, Києво-Святошинський район, Київська область</t>
+          <t>с. Чайки, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K84" s="4" t="inlineStr">
         <is>
-          <t>провулок Ювілейний, 4</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L84" s="6" t="inlineStr">
         <is>
-          <t>UA32080010100014681</t>
+          <t>UA32080050030064312</t>
         </is>
       </c>
       <c r="M84" s="4" t="inlineStr">
         <is>
-          <t>Київська обл., Бучанський р-н, с. Шевченкове</t>
+          <t>Київська обл., Бучанський р-н, с. Чайки</t>
         </is>
       </c>
       <c r="N84" s="7"/>
       <c r="O84" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Білогородської сільської ради Бучанського району Київської області</t>
+          <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P84" s="4" t="inlineStr">
         <is>
-          <t>(044)2324130, (067)4692375</t>
+          <t>(068)4188021</t>
         </is>
       </c>
       <c r="Q84" s="4"/>
       <c r="R84" s="4" t="inlineStr">
         <is>
-          <t>info@astor.school</t>
+          <t>chaikivska.gimnazium@gmail.com</t>
         </is>
       </c>
       <c r="S84" s="4" t="inlineStr">
         <is>
-          <t>https://astor.school/</t>
+          <t>http://chaikivska-gimnazium.org.ua/</t>
         </is>
       </c>
       <c r="T84" s="4" t="inlineStr">
         <is>
-          <t>Директор Хібовська Олена Олександрівна</t>
+          <t>Т.в.о. директора Прокуда Віра</t>
         </is>
       </c>
       <c r="U84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V84" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="4" t="inlineStr">
         <is>
-          <t>Шпитьківський академічний ліцей "Скіф" Дмитрівської сільської ради Бучанського району Київської області</t>
+          <t>Чайківська філія ліцею №1 с. Петропавлівська Борщагівка комунального закладу загальної середньої освіти "Ліцей №1 с. Петропавлівська Борщагівка" Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="B85" s="5" t="n">
-        <v>149400</v>
+        <v>141895</v>
       </c>
       <c r="C85" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
-          <t>Шпитьківська ЗОШ</t>
+          <t>Чайківська філія Ліцею №1</t>
         </is>
       </c>
       <c r="E85" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G85" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H85" s="6" t="inlineStr">
         <is>
-          <t>3222488201</t>
+          <t>3222485903</t>
         </is>
       </c>
       <c r="I85" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J85" s="4" t="inlineStr">
         <is>
-          <t>с. Шпитьки, Києво-Святошинський район, Київська область</t>
+          <t>с. Чайки, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K85" s="4" t="inlineStr">
         <is>
-          <t>вулиця Покровська, 24</t>
+          <t>вулиця Лобановського, 21, корп. 3</t>
         </is>
       </c>
       <c r="L85" s="6" t="inlineStr">
         <is>
-          <t>UA32080130140022198</t>
+          <t>UA32080050030064312</t>
         </is>
       </c>
       <c r="M85" s="4" t="inlineStr">
         <is>
-          <t>Київська обл., Бучанський р-н, с. Шпитьки</t>
+          <t>Київська обл., Бучанський р-н, с. Чайки</t>
         </is>
       </c>
       <c r="N85" s="7"/>
       <c r="O85" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді, спорту та національно-патріотичного виховання Дмитрівської сільської ради Бучанського району Київської області</t>
+          <t>Управління освіти, культури, молоді та спорту Борщагівської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P85" s="4" t="inlineStr">
         <is>
-          <t>(045)9876593</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044)5934321, (044)5934395</t>
+        </is>
+      </c>
+      <c r="Q85" s="4"/>
       <c r="R85" s="4" t="inlineStr">
         <is>
-          <t>shpytkyschool@ukr.net</t>
+          <t>shkolachayka@ukr.net</t>
         </is>
       </c>
       <c r="S85" s="4" t="inlineStr">
         <is>
-          <t>http://www.shpytky-school.edukit.kiev.ua/</t>
+          <t>pp-borschahivka-rosh.kiev.sch.in.ua</t>
         </is>
       </c>
       <c r="T85" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Шматкова Алла Олександрівна</t>
+          <t>Завідувач філією Дідух Ірина Ігорівна</t>
         </is>
       </c>
       <c r="U85" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V85" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y85" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="4" t="inlineStr">
         <is>
-          <t>ОПОРНИЙ ЗАКЛАД ОСВІТИ ЮРІВСЬКИЙ ЛІЦЕЙ ГАТНЕНСЬКОЇ СІЛЬСЬКОЇ РАДИ ФАСТІВСЬКОГО РАЙОНУ КИЇВСЬКОЇ ОБЛАСТІ</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАКЛАД ОСВІТИ "АСТОР"</t>
         </is>
       </c>
       <c r="B86" s="5" t="n">
-        <v>143732</v>
+        <v>149505</v>
       </c>
       <c r="C86" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>Юрівський ліцей</t>
+          <t>ТОВ "ЗО "Астор".</t>
         </is>
       </c>
       <c r="E86" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G86" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H86" s="6" t="inlineStr">
         <is>
-          <t>3222481202</t>
+          <t>3222480404</t>
         </is>
       </c>
       <c r="I86" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J86" s="4" t="inlineStr">
         <is>
-          <t>с. Юрівка, Києво-Святошинський район, Київська область</t>
+          <t>с. Шевченкове, Києво-Святошинський район, Київська область</t>
         </is>
       </c>
       <c r="K86" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 3</t>
+          <t>провулок Ювілейний, 4</t>
         </is>
       </c>
       <c r="L86" s="6" t="inlineStr">
         <is>
-          <t>UA32140050030039639</t>
+          <t>UA32080010100014681</t>
         </is>
       </c>
       <c r="M86" s="4" t="inlineStr">
         <is>
-          <t>Київська обл., Фастівський р-н, с. Юрівка</t>
+          <t>Київська обл., Бучанський р-н, с. Шевченкове</t>
         </is>
       </c>
       <c r="N86" s="7"/>
       <c r="O86" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Гатненської сільської ради Фастівського району Київської області</t>
+          <t>Відділ освіти Білогородської сільської ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="P86" s="4" t="inlineStr">
         <is>
-          <t>(098)3207145</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044)2324130, (067)4692375</t>
+        </is>
+      </c>
+      <c r="Q86" s="4"/>
       <c r="R86" s="4" t="inlineStr">
         <is>
-          <t>urivskazosh@ukr.net</t>
+          <t>info@astor.school</t>
         </is>
       </c>
       <c r="S86" s="4" t="inlineStr">
         <is>
-          <t>urivskazoch.ucoz.ua</t>
+          <t>https://astor.school/</t>
         </is>
       </c>
       <c r="T86" s="4" t="inlineStr">
         <is>
-          <t>Директор Ловягін Анатолій Пилипович</t>
+          <t>Директор Хібовська Олена Олександрівна</t>
         </is>
       </c>
       <c r="U86" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V86" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y86" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="4" t="inlineStr">
+        <is>
+          <t>Шпитьківський академічний ліцей "Скіф" Дмитрівської сільської ради Бучанського району Київської області</t>
+        </is>
+      </c>
+      <c r="B87" s="5" t="n">
+        <v>149400</v>
+      </c>
+      <c r="C87" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>Шпитьківська ЗОШ</t>
+        </is>
+      </c>
+      <c r="E87" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G87" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H87" s="6" t="inlineStr">
+        <is>
+          <t>3222488201</t>
+        </is>
+      </c>
+      <c r="I87" s="4" t="inlineStr">
+        <is>
+          <t>Київська область</t>
+        </is>
+      </c>
+      <c r="J87" s="4" t="inlineStr">
+        <is>
+          <t>с. Шпитьки, Києво-Святошинський район, Київська область</t>
+        </is>
+      </c>
+      <c r="K87" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Покровська, 24</t>
+        </is>
+      </c>
+      <c r="L87" s="6" t="inlineStr">
+        <is>
+          <t>UA32080130140022198</t>
+        </is>
+      </c>
+      <c r="M87" s="4" t="inlineStr">
+        <is>
+          <t>Київська обл., Бучанський р-н, с. Шпитьки</t>
+        </is>
+      </c>
+      <c r="N87" s="7"/>
+      <c r="O87" s="4" t="inlineStr">
+        <is>
+          <t>Відділ освіти, культури, молоді, спорту та національно-патріотичного виховання Дмитрівської сільської ради Бучанського району Київської області</t>
+        </is>
+      </c>
+      <c r="P87" s="4" t="inlineStr">
+        <is>
+          <t>(045)9876593</t>
+        </is>
+      </c>
+      <c r="Q87" s="4" t="inlineStr">
+        <is>
+          <t>(045)9876593</t>
+        </is>
+      </c>
+      <c r="R87" s="4" t="inlineStr">
+        <is>
+          <t>shpytkyschool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S87" s="4" t="inlineStr">
+        <is>
+          <t>http://www.shpytky-school.edukit.kiev.ua/</t>
+        </is>
+      </c>
+      <c r="T87" s="4" t="inlineStr">
+        <is>
+          <t>В.о. директора Шматкова Алла Олександрівна</t>
+        </is>
+      </c>
+      <c r="U87" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V87" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W87" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X87" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y87" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="4" t="inlineStr">
+        <is>
+          <t>ОПОРНИЙ ЗАКЛАД ОСВІТИ ЮРІВСЬКИЙ ЛІЦЕЙ ГАТНЕНСЬКОЇ СІЛЬСЬКОЇ РАДИ ФАСТІВСЬКОГО РАЙОНУ КИЇВСЬКОЇ ОБЛАСТІ</t>
+        </is>
+      </c>
+      <c r="B88" s="5" t="n">
+        <v>143732</v>
+      </c>
+      <c r="C88" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>Юрівський ліцей</t>
+        </is>
+      </c>
+      <c r="E88" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G88" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H88" s="6" t="inlineStr">
+        <is>
+          <t>3222481202</t>
+        </is>
+      </c>
+      <c r="I88" s="4" t="inlineStr">
+        <is>
+          <t>Київська область</t>
+        </is>
+      </c>
+      <c r="J88" s="4" t="inlineStr">
+        <is>
+          <t>с. Юрівка, Києво-Святошинський район, Київська область</t>
+        </is>
+      </c>
+      <c r="K88" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Шевченка, 3</t>
+        </is>
+      </c>
+      <c r="L88" s="6" t="inlineStr">
+        <is>
+          <t>UA32140050030039639</t>
+        </is>
+      </c>
+      <c r="M88" s="4" t="inlineStr">
+        <is>
+          <t>Київська обл., Фастівський р-н, с. Юрівка</t>
+        </is>
+      </c>
+      <c r="N88" s="7"/>
+      <c r="O88" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Гатненської сільської ради Фастівського району Київської області</t>
+        </is>
+      </c>
+      <c r="P88" s="4" t="inlineStr">
+        <is>
+          <t>(098)3207145</t>
+        </is>
+      </c>
+      <c r="Q88" s="4" t="inlineStr">
+        <is>
+          <t>(04598)32623</t>
+        </is>
+      </c>
+      <c r="R88" s="4" t="inlineStr">
+        <is>
+          <t>urivskazosh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S88" s="4" t="inlineStr">
+        <is>
+          <t>urivskazoch.ucoz.ua</t>
+        </is>
+      </c>
+      <c r="T88" s="4" t="inlineStr">
+        <is>
+          <t>Директор Ловягін Анатолій Пилипович</t>
+        </is>
+      </c>
+      <c r="U88" s="6" t="inlineStr">
+        <is>
+          <t>Опорний заклад</t>
+        </is>
+      </c>
+      <c r="V88" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W88" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X88" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y88" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y86"/>
+  <autoFilter ref="A1:Y88"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>