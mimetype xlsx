--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -367,51 +367,51 @@
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3222055102</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Запрудка, Іванківський район, Київська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 75</t>
+          <t>вулиця Шевченка, 79-A</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32100050170097588</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Вишгородський р-н, с. Запрудка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Іванківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04591)51974</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">