--- v0 (2025-12-15)
+++ v1 (2026-03-07)
@@ -836,51 +836,55 @@
           <t>вулиця Симоненка Василя, 4-В</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA32100010010059200</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Вишгородський р-н, м. Вишгород</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Соціально-гуманітарне управління Вишгородської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(097)3383431</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
-      <c r="R6" s="4"/>
+      <c r="R6" s="4" t="inlineStr">
+        <is>
+          <t>piznayko123@gmail.com</t>
+        </is>
+      </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Процун Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>