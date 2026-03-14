--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -836,51 +836,55 @@
           <t>вулиця Симоненка Василя, 4-В</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA32100010010059200</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Вишгородський р-н, м. Вишгород</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Соціально-гуманітарне управління Вишгородської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(097)3383431</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
-      <c r="R6" s="4"/>
+      <c r="R6" s="4" t="inlineStr">
+        <is>
+          <t>piznayko123@gmail.com</t>
+        </is>
+      </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Процун Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
@@ -1619,51 +1623,51 @@
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Димерської селищної ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(04596)49541</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>glibivka@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
           <t>http://hlibivka-school.kiev.sch.in.ua</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Приходько Ангеліна Валеріївна</t>
+          <t>Т.в.о. директора Блажей Інна Єгорівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
@@ -2297,51 +2301,51 @@
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Димерської селищної ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(04596)36225</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>kozarovichizow@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
           <t>http://kozarovychi-school.edukit.kiev.ua</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Нужда Ірина Павлівна</t>
+          <t>Директор Петльович Анна Ігорівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">