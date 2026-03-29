--- v0 (2025-12-15)
+++ v1 (2026-03-29)
@@ -1106,64 +1106,64 @@
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Глевахівський академічний ліцей Глевахівської селищної ради Київської області</t>
+          <t>Глеваський академічний ліцей Глеваської селищної ради Фастівського району Київської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>146343</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Глевахівський академічний ліцей</t>
+          <t>Глеваський академічний ліцей</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>3221455300</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
@@ -1897,51 +1897,51 @@
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Крушинська гімназія Глевахівської селищної ради Київської області</t>
+          <t>Крушинська гімназія Глеваської селищної ради Київської області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>144780</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>Крушинська гімназія</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -3027,74 +3027,74 @@
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Мар'янівський ліцей Ковалівської сільської ради Білоцерківського району Київської області</t>
+          <t>Мар'янівська гімназія Ковалівської сільської ради Білоцерківського району Київської області</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
         <v>145476</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Мар'янівський ліцей</t>
+          <t>Мар'янівська гімназія</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>3221485401</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>с. Мар'янівка, Васильківський район, Київська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
@@ -3136,51 +3136,51 @@
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Мархалівська гімназія Глевахівської селищної ради Київської області</t>
+          <t>Мархалівська гімназія Глеваської селищної ради Фастівського району Київської області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
         <v>146206</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>Мархалівська гімназія</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -3697,74 +3697,74 @@
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Пологівський ліцей Ковалівської сільської ради Білоцерківського району Київської області</t>
+          <t>Пологівська гімназія Ковалівської сільської ради Білоцерківського району Київської області</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
         <v>145893</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Пологівський ліцей</t>
+          <t>Пологівська гімназія</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>3221486701</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>с. Пологи, Васильківський район, Київська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
           <t>вулиця Білоцерківська, 27</t>
@@ -3810,51 +3810,51 @@
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Путрівський академічний ліцей Глевахівської селищної ради Київської області</t>
+          <t>Путрівський академічний ліцей Глеваської селищної ради Фастівського району Київської області</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
         <v>146734</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>Путрівський академічний ліцей</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -4371,74 +4371,74 @@
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Устимівський ліцей Ковалівської сільської ради Білоцерківського району Київської області</t>
+          <t>Устимівська гімназія Ковалівської сільської ради Білоцерківського району Київської області</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
         <v>145358</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>Устимівський ліцей</t>
+          <t>Устимівська гімназія</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>3221488101</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>с. Устимівка, Васильківський район, Київська область</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
           <t>вулиця Тромси, 30</t>