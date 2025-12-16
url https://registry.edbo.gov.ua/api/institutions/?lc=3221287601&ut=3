--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -408,51 +408,51 @@
           <t>Управління освіти, культури, молоді і спорту Великодимерської селищної ради Броварського району Київської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04594)22217</t>
         </is>
       </c>
       <c r="Q2" s="4" t="inlineStr">
         <is>
           <t>(04594)22287</t>
         </is>
       </c>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>rudnya1975@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://rudnia-zosh.kiev.sch.in.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Компанець Ольга Петрівна</t>
+          <t>Директор Десятнюк Раїса Андріївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>