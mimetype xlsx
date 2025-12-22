--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -319,362 +319,358 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Пісківська гімназія Пісківської селищної ради</t>
+          <t>Пісківська гімназія імені Героїв - захисників України Пісківської селищної ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>144400</v>
+        <v>144381</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Пісківська гімназія</t>
+          <t>Пісківська гімназія імені Героїв - захисників України</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3221055600</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Пісківка, Бородянський район, Київська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 2а</t>
+          <t>вулиця Шкільна, 33</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32080230010086797</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с-ще Пісківка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту та зовнішніх зв'язків Пісківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04577)33244</t>
+          <t>(04577)33247</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>piskivskenvo@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>teteriv_school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Клокун Анна Миколаївна</t>
+          <t>Директор Пилипенко Раїса Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Пісківський ліцей "Лідер" Пісківської селищної ради Бучанського району Київської області</t>
+          <t>Пісківська гімназія Пісківської селищної ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>144382</v>
+        <v>144400</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Лідер"</t>
+          <t>Пісківська гімназія</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>3221055600</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Пісківка, Бородянський район, Київська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Н. Сосніної, 12-А</t>
+          <t>вулиця Шевченка, 2а</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA32080230010086797</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с-ще Пісківка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту та зовнішніх зв'язків Пісківської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(04577)33-2-53</t>
+          <t>(04577)33244</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>piskivka_gimnazia@ukr.net</t>
+          <t>piskivskenvo@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://teterivgimnazia.at.ua/</t>
+          <t>https://piskivske-nvo.e-schools.info/m/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Руденко Руслан Васильович</t>
+          <t>Директор Клокун Анна Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Тетерівська гімназія імені Ніни Сосніної Пісківської селищної ради</t>
+          <t>Пісківський ліцей "Лідер" Пісківської селищної ради Бучанського району Київської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>144381</v>
+        <v>144382</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Тетерівська гімназія</t>
+          <t>Ліцей "Лідер"</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>3221055600</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>смт Пісківка, Бородянський район, Київська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 33</t>
+          <t>вулиця Н. Сосніної, 12-А</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA32080230010086797</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с-ще Пісківка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту та зовнішніх зв'язків Пісківської селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(04577)33247</t>
+          <t>(04577)33-2-53</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>teteriv_school@ukr.net</t>
+          <t>piskivka_gimnazia@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>http://surl.li/jqqpbs</t>
+          <t>http://teterivgimnazia.at.ua/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Пилипенко Раїса Володимирівна</t>
+          <t>Директор Руденко Руслан Васильович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
   </sheetData>