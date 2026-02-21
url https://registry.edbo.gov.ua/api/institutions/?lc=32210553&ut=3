--- v0 (2025-10-25)
+++ v1 (2026-02-21)
@@ -367,51 +367,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3221055300</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Бабинці, Бородянський район, Київська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незламності, 70-А</t>
+          <t>вулиця Незламності, 70-Б</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32080070020076965</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с-ще Бабинці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Бучанської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04577)71266</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">