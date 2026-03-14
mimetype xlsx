--- v0 (2025-12-27)
+++ v1 (2026-03-14)
@@ -3112,51 +3112,51 @@
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту та зовнішніх зв'язків Пісківської селищної ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(04577)33244</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
           <t>piskivskenvo@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
           <t>https://piskivske-nvo.e-schools.info/m/</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Клокун Анна Миколаївна</t>
+          <t>В.о. директора Писаренко Антоніна Феодосіївна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">