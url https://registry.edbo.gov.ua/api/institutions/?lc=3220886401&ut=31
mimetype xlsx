--- v0 (2025-10-21)
+++ v1 (2026-02-14)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Вітчизняна, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32040010160030413</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бориспільський р-н, с. Рогозів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Бориспільської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(066)3491209</t>
+          <t>(093)5090969</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dnzrogoziv@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://rogoziv-zdo.kiev.sch.in.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Дан Наталія Миколаївна</t>
+          <t>Директор Синякова Вікторія Віталіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>