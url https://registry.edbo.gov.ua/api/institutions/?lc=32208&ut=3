--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -755,64 +755,64 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Вороньківський ліцей Вороньківської сільської ради Бориспільського району Київської області</t>
+          <t>Опорний заклад освіти Вороньківський академічний ліцей Вороньківської сільської ради Бориспільського району Київської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>144512</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Вороньківський ліцей</t>
+          <t>ОЗО Вороньківський академічний ліцей</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>3220881701</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
@@ -1534,74 +1534,74 @@
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Кийлівська філія Вороньківського ліцею Вороньківської сільської ради Бориспільського району Київської області</t>
+          <t>Кийлівська початкова школа Вороньківської сільської ради Бориспільського району Київської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>145113</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Кийлівська філія Вороньківського ліцею</t>
+          <t>Кийлівська початкова школа</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>3220882903</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>с. Кийлів, Бориспільський район, Київська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Дніпровська, 91</t>
@@ -1615,56 +1615,56 @@
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бориспільський р-н, с. Кийлів</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Вороньківської сільської ради Бориспільського району Київської області</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(04595)55394</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>kilov2009@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Роменець Олександра Іванівна</t>
+          <t>Директор Роменець Олександра Іванівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Кучаківський ліцей імені гетьмана Івана Сулими Бориспільської міської ради Київської області</t>
         </is>
       </c>