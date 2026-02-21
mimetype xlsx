--- v0 (2025-12-15)
+++ v1 (2026-02-21)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Тептіївка, Богуславський район, Київська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Корсунська, 62А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32120010210045375</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Обухівський р-н, с. Тептіївка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Соціально-гуманітарне управління виконавчого комітету Богуславської міської ради</t>
+          <t>Відділ освіти Богуславської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04561)43330</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>teptiyivka@meta.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://teptiivka-nvk.edukit.kiev.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Царенко Наталія Григорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>