--- v0 (2025-10-17)
+++ v1 (2026-03-10)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Маловільшанської сільської ради Білоцерківського району Київської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04563)25333</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>fastivkafilia@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://fastivka-nvo.ucoz.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Возна Ірина Володимирівна</t>
+          <t>Керівник Янишевська Галина Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>