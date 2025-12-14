--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -763,927 +763,927 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Фастівська початкова школа №11 Фастівської міської ради Київської області</t>
+          <t>Фастівська гімназія №3 Фастівської міської ради</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>150116</v>
+        <v>148037</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Фастівська початкова школа №11</t>
+          <t>Фастівська гімназія №3</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>3211200000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Фастів, Київська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тітова, 95</t>
+          <t>вулиця С.Васильченка, 21</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA32140150010091295</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Фастів</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Фастівської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(04565)5-10-29</t>
+          <t>(04565)54515</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>sf_11_1@ukr.net</t>
+          <t>fastiv_school3@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://fastiv-nvk-11.ucoz.net/</t>
+          <t>http://fastiv-school3.do.am</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Котляр Вікторія Олегівна</t>
+          <t>Директор Коваль Василь Олександрович</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Фастівський академічний ліцей №2 Фастівської міської ради Київської області</t>
+          <t>Фастівська гімназія №5 Фастівської міської ради</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>148150</v>
+        <v>147931</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Фастівський академічний ліцей №2</t>
+          <t>Фастівська гімназія №5</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>3211200000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Фастів, Київська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярослава Мудрого, 44</t>
+          <t>вулиця Івана Ступака, 10</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA32140150010091295</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Фастів</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Фастівської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(04565)6-94-73</t>
+          <t>(04565)51019, (04565)51453</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>fschool-2@ukr.net</t>
+          <t>sf5fastiv@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>fastivschool2.in.ua</t>
+          <t>http://fastiv5.itschool.com.ua/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткачук Тетяна Анатоліївна</t>
+          <t>Директор Муляр Мирослава Станіславівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Фастівський академічний ліцей №9 Фастівської міської ради Київської області</t>
+          <t>Фастівська гімназія №7 Фастівської міської ради імені Героя України Євгенія Лемешенка</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>148136</v>
+        <v>148077</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Фастівський академічний ліцей №9</t>
+          <t>Фастівська гімназія №7 імені Героя України Євгенія Лемешенка</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>3211200000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Фастів, Київська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тараса Шевченка, 51</t>
+          <t>вулиця Гетьманська, 79-А</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA32140150010091295</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Фастів</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Фастівської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(04465)51023</t>
+          <t>(04465)61004</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>csf9@ukr.net</t>
+          <t>nvk7gart@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>www.nvk-fastiv.kiev.ua</t>
+          <t>http://fastivschoole7.at.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Ріпко Наталія Анатоліївна</t>
+          <t>Директор Науменко Майя Василівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Фастівський ліцей №1 Фастівської міської ради Київської області</t>
+          <t>Фастівська початкова школа №11 Фастівської міської ради Київської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>148094</v>
+        <v>150116</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Фастівський ліцей №1</t>
+          <t>Фастівська початкова школа №11</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>3211200000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Фастів, Київська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Толстого, 9</t>
+          <t>вулиця Тітова, 95</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA32140150010091295</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Фастів</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Фастівської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(04565)54223, (04565)54483</t>
+          <t>(04565)5-10-29</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>fastovsh1@gmail.com</t>
+          <t>sf_11_1@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>fastiv-school1.edukit.kiev.ua</t>
+          <t>http://fastiv-nvk-11.ucoz.net/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Давиденко Вячеслав Анатолійович</t>
+          <t>Директор Котляр Вікторія Олегівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Фастівський ліцей №3 Фастівської міської ради Київської області</t>
+          <t>Фастівський академічний ліцей №2 Фастівської міської ради Київської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>148037</v>
+        <v>148150</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Фастівський ліцей №3</t>
+          <t>Фастівський академічний ліцей №2</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>3211200000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Фастів, Київська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця С.Васильченка, 21</t>
+          <t>вулиця Ярослава Мудрого, 44</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA32140150010091295</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Фастів</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Фастівської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(04565)54515</t>
+          <t>(04565)6-94-73</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>fastiv_school3@ukr.net</t>
+          <t>fschool-2@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://fastiv-school3.do.am</t>
+          <t>fastivschool2.in.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Коваль Василь Олександрович</t>
+          <t>Директор Ткачук Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Фастівський ліцей №4 Фастівської міської ради Київської області</t>
+          <t>Фастівський академічний ліцей №9 Фастівської міської ради Київської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>148151</v>
+        <v>148136</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Фастівський ліцей №4</t>
+          <t>Фастівський академічний ліцей №9</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>3211200000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Фастів, Київська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Комарова, 6</t>
+          <t>вулиця Тараса Шевченка, 51</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA32140150010091295</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Фастів</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Фастівської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(04565)61410</t>
+          <t>(04465)51023</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>fastiv_school_4@ukr.net</t>
+          <t>csf9@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>www.fastiv4.itschool.com.ua</t>
+          <t>www.nvk-fastiv.kiev.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Фесенко Наталія Миколаївна</t>
+          <t>Директор Ріпко Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Фастівський ліцей №5 Фастівської міської ради Київської області</t>
+          <t>Фастівський ліцей №1 Фастівської міської ради Київської області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>147931</v>
+        <v>148094</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Фастівський ліцей №5</t>
+          <t>Фастівський ліцей №1</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>3211200000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Фастів, Київська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Ступака, 10</t>
+          <t>вулиця Толстого, 9</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA32140150010091295</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Фастів</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Фастівської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(04565)51019, (04565)51453</t>
+          <t>(04565)54223, (04565)54483</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>sf5fastiv@gmail.com</t>
+          <t>fastovsh1@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://fastiv5.itschool.com.ua/</t>
+          <t>fastiv-school1.edukit.kiev.ua</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Муляр Мирослава Станіславівна</t>
+          <t>Директор Давиденко Вячеслав Анатолійович</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Фастівський ліцей №7 Фастівської міської ради Київської області</t>
+          <t>Фастівський ліцей №4 Фастівської міської ради Київської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>148077</v>
+        <v>148151</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Фастівський ліцей №7</t>
+          <t>Фастівський ліцей №4</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>3211200000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Фастів, Київська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гетьманська, 79-А</t>
+          <t>вулиця Комарова, 6</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA32140150010091295</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Фастів</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Фастівської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(04465)61004</t>
+          <t>(04565)61410</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>nvk7gart@gmail.com</t>
+          <t>fastiv_school_4@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://fastivschoole7.at.ua</t>
+          <t>www.fastiv4.itschool.com.ua</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Науменко Майя Василівна</t>
+          <t>Директор Фесенко Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
   </sheetData>