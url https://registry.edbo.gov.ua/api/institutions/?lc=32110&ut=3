--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -969,51 +969,51 @@
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Переяславської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(04567)7-21-49</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>zooch5@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>5school.pp.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Касьян Тетяна Володимирівна</t>
+          <t>Директор Дзюба Оксана Юріївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
@@ -1195,51 +1195,51 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Переяславської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(04567)5-14-13</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>phgim@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://gymnasium.pe.hu</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Батрак Олександр Петрович</t>
+          <t>В.о. директора Захаренко Олена Григорівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">