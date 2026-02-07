--- v0 (2025-10-17)
+++ v1 (2026-02-07)
@@ -723,67 +723,67 @@
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 9</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA32080110010033149</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с-ще Гостомель</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Гостомельської селищної ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(04597)99550</t>
+          <t>(095)7935967</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>1pochatkovagost@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://sites.google.com/site/irpinschool15</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Козир Владислав Володимирович</t>
+          <t>Директор Майнека Наталя Ігорівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
   </sheetData>