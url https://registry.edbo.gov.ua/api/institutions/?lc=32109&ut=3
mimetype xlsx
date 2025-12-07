--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -1187,51 +1187,51 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Ірпінської міської ради Київської області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(04597)61499</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>NVO_irpin@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>https://osvita.irpinosvita.gov.ua/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Кучинський Олексій Петрович</t>
+          <t>Т.в.о. директора Юрченко Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
@@ -1865,51 +1865,51 @@
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Ірпінської міської ради Київської області</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(04597)94539</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
           <t>school3_irpin@ukr.net</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
           <t>https://school3.irpinosvita.gov.ua/</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Федоров Станіслав Ігорович</t>
+          <t>В.о. директора Кучинський Олексій Петрович</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">