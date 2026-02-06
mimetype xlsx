--- v1 (2025-12-07)
+++ v2 (2026-02-06)
@@ -1058,67 +1058,67 @@
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 9</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA32080110010033149</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Бучанський р-н, с-ще Гостомель</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Гостомельської селищної ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(04597)99550</t>
+          <t>(095)7935967</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>1pochatkovagost@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://sites.google.com/site/irpinschool15</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Козир Владислав Володимирович</t>
+          <t>Директор Майнека Наталя Ігорівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1978,51 +1978,51 @@
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Ірпінської міської ради Київської області</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(067)5895244</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
           <t>nvo.ilit.man@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
           <t>https://ilit.irpinosvita.gov.ua/</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Гостін Марія Ярославівна</t>
+          <t>В.о. директора Тіт Наталія Петрівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
@@ -3481,51 +3481,51 @@
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
           <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ІРПІНСЬКИЙ ЛІЦЕЙ "СТАДІ ЮЕЙ ІНТЕРНЕШНЛ"</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
         <v>176560</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>ТОВ «ПРИВАТНИЙ ІРПІНСЬКИЙ ЛІЦЕЙ «СТАДІ ЮЕЙ ІНТЕРНЕШНЛ»</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>3210900000</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Ірпінь, Київська область</t>