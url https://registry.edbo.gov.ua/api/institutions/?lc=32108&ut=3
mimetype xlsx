--- v0 (2025-10-16)
+++ v1 (2026-02-21)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3210800000</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Буча, Київська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 14</t>
+          <t>вулиця Шевченка, 14-A</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32080070010087821</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Буча</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Бучанської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)1227445</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">