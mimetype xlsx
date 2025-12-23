--- v0 (2025-10-23)
+++ v1 (2025-12-23)
@@ -959,61 +959,61 @@
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA32060050010081797</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Бровари</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>УПРАВЛІННЯ ОСВІТИ І НАУКИ БРОВАРСЬКОЇ МІСЬКОЇ РАДИ БРОВАРСЬКОГО РАЙОНУ КИЇВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(095)485-99-52, (096)656-44-10</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>gymnazium@ukr.net</t>
+          <t>brovarylyceum4@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>http://gymnasium.netschool.net.ua/</t>
+          <t>www.brovarylyceum4.net.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Волошина Валентина Василівна</t>
+          <t>Директор Мізіна Світлана Петрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
@@ -1072,56 +1072,56 @@
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA32060050010081797</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Бровари</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>УПРАВЛІННЯ ОСВІТИ І НАУКИ БРОВАРСЬКОЇ МІСЬКОЇ РАДИ БРОВАРСЬКОГО РАЙОНУ КИЇВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(04594)6-05-76</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>paul-5@ukr.net</t>
+          <t>licey5brovary@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>brovary-shool5.com</t>
+          <t>lc5brovary.org</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Дайнеко Надія Олексіївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>