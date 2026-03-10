--- v1 (2025-12-23)
+++ v2 (2026-03-10)
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>УПРАВЛІННЯ ОСВІТИ І НАУКИ БРОВАРСЬКОЇ МІСЬКОЇ РАДИ БРОВАРСЬКОГО РАЙОНУ КИЇВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(04594)6-45-71</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>10school@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://brovary-school10.edukit.kiev.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Боліла Надія Петрівна</t>
+          <t>В.о. директора Стадник Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
@@ -932,88 +932,88 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>3210600000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Бровари, Київська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Москаленка, 3А</t>
+          <t>вулиця Москаленка Сергія, 3А</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA32060050010081797</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Бровари</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>УПРАВЛІННЯ ОСВІТИ І НАУКИ БРОВАРСЬКОЇ МІСЬКОЇ РАДИ БРОВАРСЬКОГО РАЙОНУ КИЇВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(095)485-99-52, (096)656-44-10</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>brovarylyceum4@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>www.brovarylyceum4.net.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Мізіна Світлана Петрівна</t>
+          <t>Директор Музалевська Олена Сергіївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">