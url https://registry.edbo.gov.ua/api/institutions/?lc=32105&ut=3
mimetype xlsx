--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -1336,131 +1336,131 @@
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Бориспільський ліцей "АЛЬТЕРРА СКУЛ БОРИСПІЛЬ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВДПОВІДАЛЬНІСТЮ "БОРИСПІЛЬСЬКА ПРИВАТНА ГІМНАЗІЯ "СПРІНГ АП"</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>176537</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "АЛЬТЕРРА СКУЛ БОРИСПІЛЬ"</t>
+          <t>ТОВ "БОРИСПІЛЬСЬКА ПРИВАТНА ГІМНАЗІЯ "СПРІНГ АП"</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>3210500000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Бориспіль, Київська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Гоголя, 2</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA32040010010093209</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Бориспіль</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Бориспільської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(063)9720305</t>
+          <t>(093)3847971</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>alterraclient@gmail.com</t>
+          <t>alterraonline@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>https://www.alterraschool.space/boryspil</t>
+          <t>https://www.alterraschool.space</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Вікторенко Святослав Олегович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1524,56 +1524,56 @@
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA32040010010093209</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Бориспіль</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Бориспільської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(068)5300931</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>info@akcent-shool.com</t>
+          <t>info@akcent-school.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>akcent-shool.com</t>
+          <t>http://akcent-school.com</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
           <t>Директор Калязіна Тетяна Віталіївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>