--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -3338,51 +3338,51 @@
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Біла Церква</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
           <t>(04563)61332</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
           <t>bc_spec-int_p90@ukr.net</t>
         </is>
       </c>
       <c r="S28" s="4"/>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Верзун Ольга Іванівна</t>
+          <t>Директор Верзун Ольга Іванівна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">