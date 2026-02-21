--- v1 (2025-12-18)
+++ v2 (2026-02-21)
@@ -3335,51 +3335,55 @@
           <t>UA32020010010081183</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Київська обл., м. Біла Церква</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
           <t>(04563)61332</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
           <t>bc_spec-int_p90@ukr.net</t>
         </is>
       </c>
-      <c r="S28" s="4"/>
+      <c r="S28" s="4" t="inlineStr">
+        <is>
+          <t>https://bcnrc.kyiv.ua/</t>
+        </is>
+      </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
           <t>Директор Верзун Ольга Іванівна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>