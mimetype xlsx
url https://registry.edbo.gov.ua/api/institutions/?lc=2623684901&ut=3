--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26100070030095396</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Косівський р-н, с. Рибне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Рожнівська сільська рада Косівського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03478)2-96-16</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>rubne.shkola@gmail.com</t>
+          <t>gymnasium@rybne.education</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/rubnezosh</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Федорчак Василина Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>