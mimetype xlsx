--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -432,51 +432,51 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Філія "Великорожинська гімназія" опорного закладу освіти "Кутський ліцей Кутської селищної ради Косівського району Івано-Франківської області"</t>
+          <t>Філія Великорожинська гімназія Кутського ліцею Кутської селищної ради Косівського району Івано-Франківської області"</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>138032</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Великорожинська гімназія</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Кутської селищної ради Косівського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(068)0104914</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>ploskeschool@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://ploske.e-schools.info</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Прокоп'юк Олександра Василівна</t>
+          <t>Завідувач філією Столащук Любов Юріївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>