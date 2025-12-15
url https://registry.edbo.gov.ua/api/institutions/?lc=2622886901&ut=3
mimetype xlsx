--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26060170140052467</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Сівка-Калуська</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Калуської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03472)94056</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>sivka-kaluska__nvk@ukr.net</t>
+          <t>sivkakaluskagim80@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>www.skaluska-nvk.if.sch.in.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Ільків Василь Юрійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>