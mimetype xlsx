--- v0 (2025-12-03)
+++ v1 (2026-02-14)
@@ -325,51 +325,55 @@
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Ясеневопільнівський Дошкільний навчальний заклад (дитячий садок) "Ластівка"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>173138</v>
       </c>
-      <c r="C2" s="6"/>
+      <c r="C2" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Ясеневопільнівський ДНЗ (дитячий садок) "Ластівка"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2621688601</t>
         </is>
       </c>
@@ -379,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Ясенів-Пільний, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 85</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26080030390067221</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Коломийський р-н, с. Ясенів-Пільний</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Городенківської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03430)57246</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>