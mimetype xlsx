--- v0 (2025-12-03)
+++ v1 (2026-02-14)
@@ -319,132 +319,136 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Чернятинський ДНЗ (ясла-садок) "Теремок"</t>
+          <t>Чернятинський заклад дошкільної освіти (ясла-садок) "Теремок" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>172687</v>
       </c>
-      <c r="C2" s="6"/>
+      <c r="C2" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Теремок"</t>
+          <t>Чернятинський ЗДО (ясла-садок) "Теремок" Городенківської міської ради</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2621687001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Чернятин, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 3</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26080030370045939</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Коломийський р-н, с. Чернятин</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Городенківської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03430)27215</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dnzteremok2015@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>cernatinteremok1</t>
+          <t>https://sites.google.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Штограм Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>