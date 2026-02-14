--- v0 (2025-12-03)
+++ v1 (2026-02-14)
@@ -319,124 +319,132 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Сонечко"</t>
+          <t>Поточищенський заклад дошкільної освіти (дитячий садок) "Сонечко" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>173141</v>
       </c>
-      <c r="C2" s="6"/>
+      <c r="C2" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Сонечко"</t>
+          <t>Поточищенський ЗДО (дитячий садок) "Сонечко"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2621683401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Поточище, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 58</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26080030190025494</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Коломийський р-н, с. Поточище</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P2" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P2" s="4" t="inlineStr">
+        <is>
+          <t>(000)0000000</t>
+        </is>
+      </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/potocisenskijzdo/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t> Колодзінська Марія</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>