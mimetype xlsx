--- v0 (2025-10-26)
+++ v1 (2026-02-20)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Городенківської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03430)21382</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>gorodenka_1@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/gorodenkivskazosh</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Жуковська Світлана Богданівна</t>
+          <t>Керівник Жуковська Світлана Богданівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">