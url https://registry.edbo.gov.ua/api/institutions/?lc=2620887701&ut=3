--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Верховинський р-н, с. Хороцеве</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти , культури , молоді та спорту Білоберізької сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)1559091</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>khorotseve-psh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Маковійчук Оксана Іванівна</t>
+          <t>Завідувач філією Вепрейчук Галина Кузьмівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>