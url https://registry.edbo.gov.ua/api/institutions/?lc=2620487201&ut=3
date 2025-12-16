--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26040030130033111</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Івано-Франківський р-н, с. Підгір’я</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Богородчанської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03471)57284</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>pidgir-sch@meta.ua</t>
+          <t>pidgirschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://pidhirya.e-schools.info/</t>
+          <t>http://www.pidgirsch.if.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Івоняк Ольга Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>