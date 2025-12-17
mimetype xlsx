--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Івано-Франківський р-н, с. Іваниківка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Богородчанської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(034)7138244</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>ivanykivka_school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Вівчарик Марія Тарасівна</t>
+          <t>Директор Вівчарик Віталій Богданович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>