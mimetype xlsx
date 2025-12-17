--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26040030020024535</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Івано-Франківський р-н, с. Глибівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Богородчанської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03472)32680</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>glybivkaschool@meta.ua</t>
+          <t>glybivkaschoolok@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://glybivkaschool1.ucoz.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Гуляк Ольга Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>