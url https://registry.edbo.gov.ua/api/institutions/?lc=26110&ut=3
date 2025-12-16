--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -367,72 +367,72 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2611093003</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Вороненко, Яремче, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 548-Б</t>
+          <t>вулиця Центральна, 548-В</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26120130030065839</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Надвірнянський р-н, с. Вороненко</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Поляницької сільської ради Надвірнянського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(03434)44205</t>
+          <t>(096)5423329</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>vorscool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://vorscool.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Ільчук Олександра Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>