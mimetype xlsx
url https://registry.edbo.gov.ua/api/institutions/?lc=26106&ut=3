--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -347,96 +347,100 @@
       <c r="B2" s="5" t="n">
         <v>150754</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Коломийська приватна гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2610600000</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Коломия, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Івана Франка, 39</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26080070010075786</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Коломия</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Коломийської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(050)8637491</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
-      <c r="R2" s="4"/>
+      <c r="R2" s="4" t="inlineStr">
+        <is>
+          <t>galinalutsak@gmail.com</t>
+        </is>
+      </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Луцак Галина Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
@@ -1070,51 +1074,51 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Коломийської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(03433)22514, (03433)26608</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>kolosvita1@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>https://koloschool1.e-schools.info/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Максим’юк Галина Олександрівна</t>
+          <t>Директор Максим’юк Галина Олександрівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1748,51 +1752,51 @@
           <t>Управління освіти Коломийської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(03433)20979</t>
         </is>
       </c>
       <c r="Q14" s="4" t="inlineStr">
         <is>
           <t>(03433)20979</t>
         </is>
       </c>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>adminkolgym@gmail.com</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
           <t>http://kolgym.if.ua/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Бойцан Лариса Василівна</t>
+          <t>Директор Ткачук Володимир Михайлович</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
   </sheetData>