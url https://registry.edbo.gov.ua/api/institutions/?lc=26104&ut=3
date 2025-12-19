--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26060170010082672</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Калуш</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Калуської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03472)64215</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>9schola@gmail.com</t>
+          <t>kaluskagimnazia9@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://9schola.wixsite.com/school9kalush/fotomiti</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Соколовський Ігор Володимирович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -729,51 +729,51 @@
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA26060170010082672</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Калуш</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Калуської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(03472)63307</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>school8pidgirku@i.ua</t>
+          <t>lyceum10kalush@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://school8pidgirku.wixsite.com/mysite</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Рарак Тетяна Степанівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -842,51 +842,51 @@
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA26060170010082672</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Калуш</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Калуської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(03472)6-61-93</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>kalush_school1@ukr.net</t>
+          <t>licej1kalush@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>https://kalushschool1.wixsite.com/school-life</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Засядьвовк Ольга Василівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -955,51 +955,51 @@
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA26060170010082672</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Калуш</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Калуської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(03472)66473</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>kalushschool10@ukr.net</t>
+          <t>lyceum10kalush@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://kalush-licey10.com.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Федорів Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1181,51 +1181,51 @@
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA26060170010082672</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Калуш</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Калуської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(03472)6-64-49</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>k.school03@gmail.com</t>
+          <t>klyceum3@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://k3.if.ua</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t>Директор Коротич Михайло Іванович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1407,51 +1407,51 @@
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA26060170010082672</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Калуш</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Калуської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(03472)62873</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>school5kalush@gmail.com</t>
+          <t>lyceum5kalush@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>https://school5.if.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Кусень Мирослав Васильович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1520,51 +1520,51 @@
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA26060170010082672</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Калуш</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Калуської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(03472)66425</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>kzosh613@gmail.com</t>
+          <t>licej6kalush@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
           <t>school6kalush.wixsite.com/kzosh6</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
           <t>Директор Притуляк Віра Вікторівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1633,51 +1633,51 @@
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA26060170010082672</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Калуш</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Калуської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(03472)28099</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>shkola7@ukr.net</t>
+          <t>licej7kalush@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
           <t>k7.if.ua</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Директор Кіндрат Володимир Васильович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>