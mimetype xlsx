--- v0 (2025-12-03)
+++ v1 (2026-02-14)
@@ -379,51 +379,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Тисів, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Пушкіна, 7</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26060010110044887</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Тисів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03437)32238</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Yrivivanna@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://prolisokdnz.at.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>