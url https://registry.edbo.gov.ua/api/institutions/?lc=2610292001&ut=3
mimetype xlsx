--- v0 (2025-10-25)
+++ v1 (2026-02-20)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Тисів, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Грушевського, 63</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26060010110044887</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Тисів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(034)3732343</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>tysivshkola@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Хальпінська Лідія Мар'янівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">