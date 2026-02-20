--- v0 (2025-10-26)
+++ v1 (2026-02-20)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Гузіїв, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 29</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26060010040047878</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Гузіїв</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03437)39349</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Huzijv_shcola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Сеньків Наталія Борисівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">