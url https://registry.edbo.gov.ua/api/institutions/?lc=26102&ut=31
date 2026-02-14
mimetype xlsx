--- v0 (2025-12-03)
+++ v1 (2026-02-14)
@@ -379,51 +379,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Ольги Кобилянської, 7-а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26060010010092713</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Болехів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(034)3735093</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>veselka-bolekhiv@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>bolehiv-veselka.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -488,51 +488,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Коперника, 2</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA26060010010092713</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Болехів</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(03437)34521</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>sad-zir.bl@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>zirochka.in.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
@@ -597,51 +597,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Міжріччя, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Січових Стрільців, 1</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA26060010070093416</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Міжріччя</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(03737)31359</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>allalesiv0@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>dzvinocok.ucoz.net</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
@@ -706,51 +706,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>с. Тисів, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Пушкіна, 7</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA26060010110044887</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Тисів</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(03437)32238</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>Yrivivanna@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://prolisokdnz.at.ua/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>